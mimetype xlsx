--- v0 (2025-12-19)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="665">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="656">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -338,53 +338,50 @@
   <si>
     <t>Кандидат філософських наук</t>
   </si>
   <si>
     <t>Мосьпан Наталя Вікторівна</t>
   </si>
   <si>
     <t>Факультет романо-германської філології</t>
   </si>
   <si>
     <t>Кафедра лінгвістики та перекладу</t>
   </si>
   <si>
     <t>Доктор педагогічних наук 13.00.04 - теорія і методика професійної освіти</t>
   </si>
   <si>
     <t>Василенко Світлана Василівна</t>
   </si>
   <si>
     <t>ННЦ розвитку персоналу та лідерства</t>
   </si>
   <si>
     <t>Завідувач навчально-наукового центру</t>
   </si>
   <si>
-    <t>кандидат педагогічних наук</t>
-[...1 lines deleted...]
-  <si>
     <t>Павлюк Роман Олександрович</t>
   </si>
   <si>
     <t>Заступник декана</t>
   </si>
   <si>
     <t>Паламар Світлана Павлівна</t>
   </si>
   <si>
     <t>Вірченко Тетяна Ігорівна</t>
   </si>
   <si>
     <t>Кафедра української літератури, компаративістики і грінченкознавства</t>
   </si>
   <si>
     <t>Доктор філологічних наук</t>
   </si>
   <si>
     <t>Гальчук Оксана Василівна</t>
   </si>
   <si>
     <t>Козачук Андрій Михайлович</t>
   </si>
   <si>
     <t>Співак Світлана Михайлівна</t>
@@ -497,332 +494,344 @@
   <si>
     <t>Воротникова Ірина Павлівна</t>
   </si>
   <si>
     <t>Кафедра природничо-математичної освіти та технологій</t>
   </si>
   <si>
     <t>Куземко Леся Валентинівна</t>
   </si>
   <si>
     <t>Шпак Віктор Іванович</t>
   </si>
   <si>
     <t>Факультет журналістики</t>
   </si>
   <si>
     <t>Кафедра медіапродюсування та видавничої справи</t>
   </si>
   <si>
     <t>Желанова Вікторія В'ячеславівна</t>
   </si>
   <si>
     <t>Махачашвілі Русудан Кирилевна</t>
   </si>
   <si>
+    <t>НДЛ інтернаціоналізації вищої освіти</t>
+  </si>
+  <si>
+    <t>Бровко Олена Олександрівна</t>
+  </si>
+  <si>
+    <t>Коханова Олена Петрівна</t>
+  </si>
+  <si>
+    <t>Ковальов Євген Аркадійович</t>
+  </si>
+  <si>
+    <t>Вінтонів Михайло Олексійович</t>
+  </si>
+  <si>
+    <t>Волинець Юлія Олександрівна</t>
+  </si>
+  <si>
+    <t>Кафедра дошкільної та початкової освіти</t>
+  </si>
+  <si>
+    <t>Чеснокова Ганна Вадимівна</t>
+  </si>
+  <si>
+    <t>Семеняка Світлана Олексіївна</t>
+  </si>
+  <si>
+    <t>Будзар Марина Михайлівна</t>
+  </si>
+  <si>
+    <t>Дятленко Наталія Михайлівна</t>
+  </si>
+  <si>
+    <t>Караман Ольга Володимирівна</t>
+  </si>
+  <si>
+    <t>Вишницька Юлія Василівна</t>
+  </si>
+  <si>
+    <t>Рамський Андрій Юрійович</t>
+  </si>
+  <si>
+    <t>Кафедра фінансів</t>
+  </si>
+  <si>
+    <t>Романенко Анастасія Романівна</t>
+  </si>
+  <si>
+    <t>Кафедра інструментально-виконавської майстерності</t>
+  </si>
+  <si>
+    <t>Кандидат культурології</t>
+  </si>
+  <si>
+    <t>Заєркова Наталія Віталіївна</t>
+  </si>
+  <si>
+    <t>Ресурсний центр підтримки інклюзивної освіти</t>
+  </si>
+  <si>
+    <t>Керівник центру</t>
+  </si>
+  <si>
+    <t>Ломачинська Ірина Миколаївна</t>
+  </si>
+  <si>
+    <t>Руснак Ірина Євгеніївна</t>
+  </si>
+  <si>
+    <t>Медвідь Тетяна Анатоліївна</t>
+  </si>
+  <si>
+    <t>Кафедра хореографії</t>
+  </si>
+  <si>
+    <t>Кандидат мистецтвознавства</t>
+  </si>
+  <si>
+    <t>Цюман Тетяна Петрівна</t>
+  </si>
+  <si>
+    <t>Бітківська Галина Володимирівна</t>
+  </si>
+  <si>
+    <t>Луцюк Микола Володимирович</t>
+  </si>
+  <si>
+    <t>Факультет східних мов</t>
+  </si>
+  <si>
+    <t>Кафедра східної культури і літератури</t>
+  </si>
+  <si>
+    <t>PHD (кандидат наук)</t>
+  </si>
+  <si>
+    <t>Козлов Роман Анатолійович</t>
+  </si>
+  <si>
+    <t>Провідний науковий співробітник</t>
+  </si>
+  <si>
+    <t>Орел Лілія Василівна</t>
+  </si>
+  <si>
+    <t>Кафедра приватного права</t>
+  </si>
+  <si>
+    <t>Доктор юридичних наук</t>
+  </si>
+  <si>
+    <t>Саєвич Ірина Георгіївна</t>
+  </si>
+  <si>
+    <t>Таран Оксана Петрівна</t>
+  </si>
+  <si>
+    <t>Караман Станіслав Олександрович</t>
+  </si>
+  <si>
+    <t>Лахтадир Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Найда Юлія Михайлівна</t>
+  </si>
+  <si>
+    <t>Овсієнко Людмила Миколаївна</t>
+  </si>
+  <si>
+    <t>Єжижанська Тетяна Сергіївна</t>
+  </si>
+  <si>
+    <t>Гацко Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Кафедра фізичного виховання і педагогіки спорту</t>
+  </si>
+  <si>
+    <t>Нашинець-Наумова Анфіса Юріївна</t>
+  </si>
+  <si>
+    <t>Петрочко Жанна Василівна</t>
+  </si>
+  <si>
+    <t>Мережко Юлія Валеріївна</t>
+  </si>
+  <si>
+    <t>Кафедра академічного та естрадного вокалу</t>
+  </si>
+  <si>
+    <t>Сушко Руслана Олександрівна</t>
+  </si>
+  <si>
+    <t>Доктор наук з фізичного виховання і спорту</t>
+  </si>
+  <si>
+    <t>Вінтонів Тетяна Миколаївна</t>
+  </si>
+  <si>
+    <t>Горохова Тетяна Олександрівна</t>
+  </si>
+  <si>
+    <t>Москальов Дмитро Петрович</t>
+  </si>
+  <si>
+    <t>Поспєлова Тетяна Вадимівна</t>
+  </si>
+  <si>
+    <t>Доктор наук з державного управління</t>
+  </si>
+  <si>
+    <t>Кутішенко Валентина Петрівна</t>
+  </si>
+  <si>
+    <t>Петрикова Оксана Петрівна</t>
+  </si>
+  <si>
+    <t>Доцент. Заслужений діяч мистецтв України</t>
+  </si>
+  <si>
+    <t>Гайдаш Анна Владиславівна</t>
+  </si>
+  <si>
     <t>Кафедра германської філології</t>
   </si>
   <si>
-    <t>Бровко Олена Олександрівна</t>
-[...178 lines deleted...]
-  <si>
     <t>Радченко Сергій Петрович</t>
   </si>
   <si>
     <t>Смірнова Валерія Андріївна</t>
   </si>
   <si>
     <t>Заступник завідувача</t>
   </si>
   <si>
     <t>Школьна Ольга Володимирівна</t>
   </si>
   <si>
     <t>Доктор мистецтвознавства</t>
   </si>
   <si>
+    <t>Бондаренко Лариса Анатоліївна</t>
+  </si>
+  <si>
+    <t>НМЦ досліджень, наукових проектів та програм</t>
+  </si>
+  <si>
+    <t>НМЦ досліджень, наукових проєктів та програм</t>
+  </si>
+  <si>
+    <t>Завідувач науково-методичного центру</t>
+  </si>
+  <si>
     <t>Лєвіт Дмитро Анатолійович</t>
   </si>
   <si>
     <t>доцент</t>
   </si>
   <si>
     <t>Поліщук Тетяна Ігорівна</t>
   </si>
   <si>
     <t>Кафедра реклами та зв'язків з громадськістю</t>
   </si>
   <si>
     <t>Єретик Анатолій Анатолійович</t>
   </si>
   <si>
     <t>Кафедра фізичного виховання і базової загальновійськової підготовки</t>
   </si>
   <si>
     <t>Соколов Володимир Юрійович</t>
   </si>
   <si>
     <t>Денисюк Олена Миколаївна</t>
   </si>
   <si>
     <t>Касьянов Валентин Васильович</t>
   </si>
   <si>
     <t>Тимчик Олеся Володимирівна</t>
   </si>
   <si>
     <t>Кандидат біологічних наук</t>
   </si>
   <si>
     <t>Дем’яненко Валентина Іванівна</t>
   </si>
   <si>
     <t>Викладач</t>
   </si>
   <si>
-    <t>Настас Дар'я Леонідівна</t>
+    <t>Русаченко Наталя Павлівна</t>
+  </si>
+  <si>
+    <t>Вишнівська Наталія Володимирівна</t>
+  </si>
+  <si>
+    <t>Надтока Геннадій Михайлович</t>
+  </si>
+  <si>
+    <t>Яскевич Владислав Олександрович</t>
+  </si>
+  <si>
+    <t>Гладуш Надія Федорівна</t>
+  </si>
+  <si>
+    <t>Жигун Сніжана Віталіївна</t>
+  </si>
+  <si>
+    <t>Кондратенко Ганна Григорівна</t>
+  </si>
+  <si>
+    <t>Саврасова-В'юн Тетяна Олександрівна</t>
+  </si>
+  <si>
+    <t>Лехолетова Марина Миколаївна</t>
+  </si>
+  <si>
+    <t>Гаращенко Лариса Василівна</t>
+  </si>
+  <si>
+    <t>Сапіга Світлана Володимирівна</t>
+  </si>
+  <si>
+    <t>Вертугіна Валентина Миколаївна</t>
+  </si>
+  <si>
+    <t>Музиченко Ірина Вікторівна</t>
   </si>
   <si>
     <t>Кандидат наук</t>
   </si>
   <si>
-    <t>Русаченко Наталя Павлівна</t>
-[...37 lines deleted...]
-  <si>
     <t>Панченко Алла Гнатівна</t>
   </si>
   <si>
     <t>Кандидат наук з державного управління</t>
   </si>
   <si>
     <t>Ситник Ольга Іванівна</t>
   </si>
   <si>
     <t>Фруктова Яна Станіславівна</t>
   </si>
   <si>
     <t>Кафедра журналістики та нових медіа</t>
   </si>
   <si>
     <t>Удовиченко Лариса Миколаївна</t>
   </si>
   <si>
     <t>Братко Ірина Василівна</t>
   </si>
   <si>
     <t>Кафедра міжнародного права, європейської та євроатлантичної інтеграції</t>
   </si>
   <si>
     <t>Кандидат юридичних наук 12.00.11 Міжнародне право</t>
@@ -1121,786 +1130,750 @@
   <si>
     <t>Master of Arts  in  Applied Linguistics/ TESL from Oklahoma State University</t>
   </si>
   <si>
     <t>Магістр прикладного мовознавства / TESL</t>
   </si>
   <si>
     <t>Копієвський Олег Дмитрович</t>
   </si>
   <si>
     <t>Солдатова Леся Петрівна</t>
   </si>
   <si>
     <t>Торговець Юлія Іванівна</t>
   </si>
   <si>
     <t>Ольшанський Дмитро Валентинович</t>
   </si>
   <si>
     <t>Гордієнко Наталія В’ячеславівна</t>
   </si>
   <si>
     <t>Зайцева Вероніка Іванівна</t>
   </si>
   <si>
+    <t>Коновалова Ольга Володимирівна</t>
+  </si>
+  <si>
+    <t>Анісімова Людмила Вікторівна</t>
+  </si>
+  <si>
+    <t>Вчений секретар Університету</t>
+  </si>
+  <si>
+    <t>Дудар Ольга Володимирівна</t>
+  </si>
+  <si>
+    <t>Завадський Віталій Миколайович</t>
+  </si>
+  <si>
+    <t>Коваленко Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Леонтієва Софія Леонідівна</t>
+  </si>
+  <si>
+    <t>Стишов Олександр Анатолійович</t>
+  </si>
+  <si>
+    <t>Гладушина Раїса Михайлівна</t>
+  </si>
+  <si>
+    <t>Женченко Ігор Вікторович</t>
+  </si>
+  <si>
+    <t>Заверуха Юлія Григорівна</t>
+  </si>
+  <si>
+    <t>Пасько Ярослав Ігорович</t>
+  </si>
+  <si>
+    <t>Шевченко Світлана Миколаївна</t>
+  </si>
+  <si>
+    <t>Новохатько Леонід Михайлович</t>
+  </si>
+  <si>
+    <t>Савченко Юрій Юрійович</t>
+  </si>
+  <si>
+    <t>Слюсаренко Ірина Юріївна</t>
+  </si>
+  <si>
+    <t>Стрельченко Костянтин Мартинович</t>
+  </si>
+  <si>
+    <t>Заслужений артист України</t>
+  </si>
+  <si>
+    <t>Боришполець Юлія Василівна</t>
+  </si>
+  <si>
+    <t>Кушевська Наталя Миколаївна</t>
+  </si>
+  <si>
+    <t>Петрик Лада Вікторівна</t>
+  </si>
+  <si>
+    <t>Ільчук Ольга Андріївна</t>
+  </si>
+  <si>
+    <t>Афанасьєв Ілля Юрійович</t>
+  </si>
+  <si>
+    <t>Гаркуша Людмила Іванівна</t>
+  </si>
+  <si>
+    <t>Лахно Наталія Валентинівна</t>
+  </si>
+  <si>
+    <t>Лобода Ольга Володимирівна</t>
+  </si>
+  <si>
+    <t>Кашуба Наталія Вікторівна</t>
+  </si>
+  <si>
+    <t>Кондратець Інна Вікторівна</t>
+  </si>
+  <si>
+    <t>Крюкова Ганна Олексіївна</t>
+  </si>
+  <si>
+    <t>Заслужений художник України</t>
+  </si>
+  <si>
+    <t>Рибінський Борис Антонович</t>
+  </si>
+  <si>
+    <t>Кафедра дизайну</t>
+  </si>
+  <si>
+    <t>Штрамило Олексій Володимирович</t>
+  </si>
+  <si>
+    <t>Євтушенко Світлана Олександрівна</t>
+  </si>
+  <si>
+    <t>Малахова Маргарита Олександрівна</t>
+  </si>
+  <si>
+    <t>Панасюк Леонід Валерійович</t>
+  </si>
+  <si>
+    <t>Доктор політичних наук</t>
+  </si>
+  <si>
+    <t>Солом'янюк Лідія Йосипівна</t>
+  </si>
+  <si>
+    <t>Цимбал Сергій Вікторович</t>
+  </si>
+  <si>
+    <t>Андрєєв Віталій Миколайович</t>
+  </si>
+  <si>
+    <t>Бірючинська Світлана Віталіївна</t>
+  </si>
+  <si>
+    <t>Задніпряний Геннадій Трохимович</t>
+  </si>
+  <si>
+    <t>Кисельова Ірина Іллівна</t>
+  </si>
+  <si>
+    <t>Макарова Емма Вікторівна</t>
+  </si>
+  <si>
+    <t>Свириденко Наталія Сергіївна</t>
+  </si>
+  <si>
+    <t>Кандидат мистецтвознавства (2012 р.)</t>
+  </si>
+  <si>
+    <t>Доцент. Народна артистка України</t>
+  </si>
+  <si>
+    <t>Терещенко Наталія Миколаївна</t>
+  </si>
+  <si>
+    <t>Кафедра інформаційних комунікацій</t>
+  </si>
+  <si>
+    <t>Аносов Андрій Олександрович</t>
+  </si>
+  <si>
+    <t>Кандидат військових наук</t>
+  </si>
+  <si>
+    <t>Вітковський В'ячеслав Владикович</t>
+  </si>
+  <si>
+    <t>Долматова Катерина Миколаївна</t>
+  </si>
+  <si>
+    <t>ЦК музики і хореографії</t>
+  </si>
+  <si>
+    <t>Леонтьєва Інна Василівна</t>
+  </si>
+  <si>
+    <t>Одаренко Оксана Василівна</t>
+  </si>
+  <si>
+    <t>Санжарова Галина Федорівна</t>
+  </si>
+  <si>
+    <t>Хохлова Дарія Сергіївна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ху Жунсі </t>
+  </si>
+  <si>
+    <t>Кафедра китайської мови і перекладу</t>
+  </si>
+  <si>
+    <t>Шкарбан Інна Володимирівна</t>
+  </si>
+  <si>
+    <t>Яценко Світлана Петрівна</t>
+  </si>
+  <si>
+    <t>Астапеня Володимир Михайлович</t>
+  </si>
+  <si>
+    <t>Гончаров Анатолій Юрійович</t>
+  </si>
+  <si>
+    <t>Грищенко Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Кравченко Світлана Станіславівна</t>
+  </si>
+  <si>
+    <t>Латишев Микола Вікторович</t>
+  </si>
+  <si>
+    <t>Мілова Оксана Євгенівна</t>
+  </si>
+  <si>
+    <t>Бєлофастова Таїсія Юріївна</t>
+  </si>
+  <si>
+    <t>Вінник Наталія Дмитрівна</t>
+  </si>
+  <si>
+    <t>Дячок Надія Валентинівна</t>
+  </si>
+  <si>
+    <t>Жданова Юлія Дмитрівна</t>
+  </si>
+  <si>
+    <t>/ Доцент</t>
+  </si>
+  <si>
+    <t>Кірюшина Катерина Костянтинівна</t>
+  </si>
+  <si>
+    <t>ЦК іноземних мов</t>
+  </si>
+  <si>
+    <t>Хорошуха Михайло Федорович</t>
+  </si>
+  <si>
+    <t>Якуба Валентина Володимирівна</t>
+  </si>
+  <si>
+    <t>Гмиріна Світлана Вікторівна</t>
+  </si>
+  <si>
+    <t>Куцан Оксана Григорівна</t>
+  </si>
+  <si>
+    <t>Полянський В'ячеслав Анварович</t>
+  </si>
+  <si>
+    <t>Професор. Заслужений діяч мистецтв України</t>
+  </si>
+  <si>
+    <t>Попова Марія Дмитрівна</t>
+  </si>
+  <si>
+    <t>Сухопара Ірина Геннадіївна</t>
+  </si>
+  <si>
+    <t>Яковенко Ігор Валентинович</t>
+  </si>
+  <si>
+    <t>Яковенко Віра Григорівна</t>
+  </si>
+  <si>
+    <t>Алієва Ельміра Шаігівна</t>
+  </si>
+  <si>
+    <t>Виноградов Валерій Євгенович</t>
+  </si>
+  <si>
+    <t>Доктор наук з фізичного виховання та спорту</t>
+  </si>
+  <si>
+    <t>Зайченко Олена В'ячеславівна</t>
+  </si>
+  <si>
+    <t>Казіміренко Олена Валеріївна</t>
+  </si>
+  <si>
+    <t>ЦК образотворчого мистецтва та дизайну</t>
+  </si>
+  <si>
+    <t>Король Наталія Вікторівна</t>
+  </si>
+  <si>
+    <t>Крюк Олександр Олексійович</t>
+  </si>
+  <si>
+    <t>Ловейко Тетяна Володимирівна</t>
+  </si>
+  <si>
+    <t>Мащакевич Олег Мар'янович</t>
+  </si>
+  <si>
+    <t>ЦК економіко-математичних дисциплін і менеджменту</t>
+  </si>
+  <si>
+    <t>Пістракевич Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Погребняк Інга Василівна</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сін Чжефу </t>
+  </si>
+  <si>
+    <t>Станжур Тетяна Геннадіївна</t>
+  </si>
+  <si>
+    <t>Шеменьова Юлія Володимирівна</t>
+  </si>
+  <si>
     <t>Заступник директора</t>
   </si>
   <si>
-    <t>Коновалова Ольга Володимирівна</t>
-[...248 lines deleted...]
-    <t>Шепеленко Ганна Борисівна</t>
+    <t>Байталюк Ольга Михайлівна</t>
+  </si>
+  <si>
+    <t>Гуцол Ольга Іванівна</t>
+  </si>
+  <si>
+    <t>Кандидат політичних наук</t>
+  </si>
+  <si>
+    <t>Запара Олексій Васильович</t>
+  </si>
+  <si>
+    <t>Завідувач навчально-виробничої практики</t>
+  </si>
+  <si>
+    <t>Здор Оксана Григорівна</t>
+  </si>
+  <si>
+    <t>Резаненко Володимир Федорович</t>
+  </si>
+  <si>
+    <t>Руденко Ніна Миколаївна</t>
+  </si>
+  <si>
+    <t>Хоменко Олена Анатоліївна</t>
+  </si>
+  <si>
+    <t>Баранова Наталя Валеріївна</t>
+  </si>
+  <si>
+    <t>Березовська Майя Григорівна</t>
+  </si>
+  <si>
+    <t>ЦК суспільних дисциплін і правознавства</t>
+  </si>
+  <si>
+    <t>Бутенко Тетяна Максимівна</t>
+  </si>
+  <si>
+    <t>Варда Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Гумінюк Станіслав Павлович</t>
+  </si>
+  <si>
+    <t>Доктор мистецтва (Кандидат наук)</t>
+  </si>
+  <si>
+    <t>Калашник Оксана Сергіївна</t>
+  </si>
+  <si>
+    <t>Літвінова Ксенія Юріївна</t>
+  </si>
+  <si>
+    <t>Мальцева Людмила Володимирівна</t>
+  </si>
+  <si>
+    <t>Мащакевич Ліана Анатоліївна</t>
+  </si>
+  <si>
+    <t>Омельченко Юрій Васильович</t>
+  </si>
+  <si>
+    <t>Павловська-Єжова Тетяна Андріївна</t>
+  </si>
+  <si>
+    <t>Пономаренко Тетяна Олександрівна</t>
+  </si>
+  <si>
+    <t>Радько Катерина Володимирівна</t>
+  </si>
+  <si>
+    <t>Рева Олена Миколаївна</t>
+  </si>
+  <si>
+    <t>Руснак Лариса Юріївна</t>
+  </si>
+  <si>
+    <t>Цвєтков Олександр Глєбович</t>
+  </si>
+  <si>
+    <t>Шкуренко Олександра Вікторівна</t>
+  </si>
+  <si>
+    <t>Іваненко Галина Олександрівна</t>
+  </si>
+  <si>
+    <t>Безулік Ганна Володимирівна</t>
+  </si>
+  <si>
+    <t>Без звання. Заслужений журналіст України</t>
+  </si>
+  <si>
+    <t>Брайчевська Олена Андріївна</t>
+  </si>
+  <si>
+    <t>Волгін Юрій Євгенович</t>
+  </si>
+  <si>
+    <t>Залізняк Ангеліна Ігорівна</t>
+  </si>
+  <si>
+    <t>Лещенко Світлана Миколаївна</t>
+  </si>
+  <si>
+    <t>Меркулова Світлана Іванівна</t>
+  </si>
+  <si>
+    <t>Сажко Лілія Антонівна</t>
+  </si>
+  <si>
+    <t>Кафедра германської  філології</t>
+  </si>
+  <si>
+    <t>Фокіна Тетяна Іванівна</t>
+  </si>
+  <si>
+    <t>Шляхтенко Олександр Юрійович</t>
+  </si>
+  <si>
+    <t>Щербак Віталій Олексійович</t>
+  </si>
+  <si>
+    <t>Бахтіна Анна Олегівна</t>
+  </si>
+  <si>
+    <t>Буряк Ольга Юріївна</t>
+  </si>
+  <si>
+    <t>Вовченко Микола Павлович</t>
+  </si>
+  <si>
+    <t>Волощенко Юрій Миколайович</t>
+  </si>
+  <si>
+    <t>Доктор філософії з фізичної культури і спорту</t>
+  </si>
+  <si>
+    <t>Груздьова Олена Вікторівна</t>
+  </si>
+  <si>
+    <t>Казакова Вікторія Іванівна</t>
+  </si>
+  <si>
+    <t>Прошкуратова Тамара Сергіївна</t>
+  </si>
+  <si>
+    <t>Без звання, Герой України</t>
+  </si>
+  <si>
+    <t>Романова Тетяна Вадимівна</t>
+  </si>
+  <si>
+    <t>Рябоконь Юлія Станіславівна</t>
+  </si>
+  <si>
+    <t>Сокальська Валентина Феліксівна</t>
+  </si>
+  <si>
+    <t>Бацук Ольга Петрівна</t>
+  </si>
+  <si>
+    <t>Говорун Надія Володимирівна</t>
+  </si>
+  <si>
+    <t>Горпинченко Інна Володимирівна</t>
+  </si>
+  <si>
+    <t>Петрова Наталя Вікторівна</t>
+  </si>
+  <si>
+    <t>Теряєва Лариса Анатоліївна</t>
+  </si>
+  <si>
+    <t>Бульвінська Оксана Іванівна</t>
+  </si>
+  <si>
+    <t>Бібліотека</t>
+  </si>
+  <si>
+    <t>Головчанська Оксана Василівна</t>
+  </si>
+  <si>
+    <t>Грищенко Леонід Володимирович</t>
+  </si>
+  <si>
+    <t>Кашперський Олег Станіславович</t>
+  </si>
+  <si>
+    <t>Кифенко Анна Миколаївна</t>
+  </si>
+  <si>
+    <t>Лісовська Мирослава Миколаївна</t>
+  </si>
+  <si>
+    <t>Лобачов Геннадій Олегович</t>
+  </si>
+  <si>
+    <t>ЦК фізичного виховання</t>
+  </si>
+  <si>
+    <t>Матвійчук Оксана Євгенівна</t>
+  </si>
+  <si>
+    <t>Кафедра освітнього лідерства</t>
+  </si>
+  <si>
+    <t>Овчаренко Ольга Миколаївна</t>
+  </si>
+  <si>
+    <t>Порошина Валентина Дмитрівна</t>
+  </si>
+  <si>
+    <t>Кравченко Наталія Володимирівна</t>
+  </si>
+  <si>
+    <t>Лісневська Аліна Леонідівна</t>
+  </si>
+  <si>
+    <t>Москаленко Олександр Анатолійович</t>
+  </si>
+  <si>
+    <t>Пальчик Юлія Миколаївна</t>
+  </si>
+  <si>
+    <t>Перевертун Ольга Петрівна</t>
+  </si>
+  <si>
+    <t>Якуш Юлія Миколаївна</t>
+  </si>
+  <si>
+    <t>Буніятова Ізабелла Рафаїлівна</t>
+  </si>
+  <si>
+    <t>Маньковська Ірина Миколаївна</t>
+  </si>
+  <si>
+    <t>Левітас Фелікс Львович</t>
+  </si>
+  <si>
+    <t>Линьов Костянтин Олександрович</t>
+  </si>
+  <si>
+    <t>Кандидат наук державного управління</t>
+  </si>
+  <si>
+    <t>Петрощук Наталія Романівна</t>
+  </si>
+  <si>
+    <t>Гончаренко Алла Миколаївна</t>
+  </si>
+  <si>
+    <t>Доцент. Старший науковий співробітник</t>
+  </si>
+  <si>
+    <t>Кочерга Олександр Васильович</t>
+  </si>
+  <si>
+    <t>Опришко Тетяна Сергіївна</t>
+  </si>
+  <si>
+    <t>Директор бібліотеки</t>
+  </si>
+  <si>
+    <t>Зус Аліна Олександрівна</t>
+  </si>
+  <si>
+    <t>Олексенко Світлана Валер'янівна</t>
+  </si>
+  <si>
+    <t>Трухан Олександр Феодосійович</t>
+  </si>
+  <si>
+    <t>Беззуб Юрій Віленович</t>
+  </si>
+  <si>
+    <t>Брацкі Артур Себастіан</t>
+  </si>
+  <si>
+    <t>Доктор гуманітарних наук</t>
+  </si>
+  <si>
+    <t>Сабол Діана Михайлівна</t>
+  </si>
+  <si>
+    <t>Сафарян Світлана Іванівна</t>
+  </si>
+  <si>
+    <t>Тугай Олександра Миколаївна</t>
+  </si>
+  <si>
+    <t>Кандидат наук (Доктор філософії з філології)</t>
+  </si>
+  <si>
+    <t>Меленець Людмила Іванівна</t>
+  </si>
+  <si>
+    <t>Бойко Оксана Вікторівна</t>
+  </si>
+  <si>
+    <t>Завідувач гуманітарним відділенням</t>
+  </si>
+  <si>
+    <t>Казаков Олександр Олексійович</t>
+  </si>
+  <si>
+    <t>Паляниця Наталія Євгенівна</t>
   </si>
   <si>
     <t>Концертмейстер</t>
   </si>
   <si>
-    <t>Яковенко Ігор Валентинович</t>
-[...74 lines deleted...]
-    <t>Докторська школа</t>
+    <t>Ужанська Тетяна Іллівна</t>
+  </si>
+  <si>
+    <t>Клименко Нінель Павлівна</t>
+  </si>
+  <si>
+    <t>Якунін Ярослав Юрійович</t>
+  </si>
+  <si>
+    <t>Кандидат хімічних наук</t>
+  </si>
+  <si>
+    <t>Соловей Людмила Сергіївна</t>
+  </si>
+  <si>
+    <t>Кандидат педагогічних  наук</t>
+  </si>
+  <si>
+    <t>Тимофєєва Галина Вікторівна</t>
+  </si>
+  <si>
+    <t>Молодший науковий співробітник</t>
+  </si>
+  <si>
+    <t>Туршукова Наталя Григорівна</t>
+  </si>
+  <si>
+    <t>Кандидат  філологічних наук</t>
+  </si>
+  <si>
+    <t>Іваненко Олена Анатоліївна</t>
+  </si>
+  <si>
+    <t>Білик Катерина Миколаївна</t>
+  </si>
+  <si>
+    <t>Білик Ярослав Сергійович</t>
+  </si>
+  <si>
+    <t>Безпалько Богдан Богданович</t>
+  </si>
+  <si>
+    <t>Доктор філософії з історії</t>
+  </si>
+  <si>
+    <t>Беренбейн Інеса Самійлівна</t>
+  </si>
+  <si>
+    <t>Кандидат мистецтвознавства (2011 р.)</t>
+  </si>
+  <si>
+    <t>Бессонова Марина Миколаївна</t>
+  </si>
+  <si>
+    <t>Бонар Віталій Олегович</t>
+  </si>
+  <si>
+    <t>НМЦ інформаційних технологій</t>
+  </si>
+  <si>
+    <t>Бухарєв Олег Олексійович</t>
+  </si>
+  <si>
+    <t>Винар Валентина Іванівна</t>
+  </si>
+  <si>
+    <t>Гавронський Вадим Володимирович</t>
+  </si>
+  <si>
+    <t>Георгієвська Вікторія Володимирівна</t>
+  </si>
+  <si>
+    <t>Доктор наук з соціальних комунікацій</t>
+  </si>
+  <si>
+    <t>Голік Анатолій Миколайович</t>
+  </si>
+  <si>
+    <t>НМЦ професійного розвитку педагогічних працівників</t>
   </si>
   <si>
     <t>Методист</t>
-  </si>
-[...397 lines deleted...]
-    <t>НМЦ професійного розвитку педагогічних працівників</t>
   </si>
   <si>
     <t>Голян Христина Вячеславівна</t>
   </si>
   <si>
     <t>Горбатовський Дмитро Володимирович</t>
   </si>
   <si>
     <t>Горніцька Анастасія Вікторівна</t>
   </si>
   <si>
     <t>Жарікова Людмила Миколаївна</t>
   </si>
   <si>
     <t>Камінецька Анна Романівна</t>
   </si>
   <si>
     <t>Кардаш Олег Васильович</t>
   </si>
   <si>
     <t>Козько Галина Сергіївна</t>
   </si>
   <si>
     <t>Кононенко Людмила Миколаївна</t>
   </si>
@@ -2353,51 +2326,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H452"/>
+  <dimension ref="A1:H444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" customWidth="true" style="0"/>
     <col min="5" max="5" width="65" customWidth="true" style="0"/>
     <col min="6" max="6" width="65" customWidth="true" style="0"/>
     <col min="7" max="7" width="65" customWidth="true" style="0"/>
     <col min="8" max="8" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3274,1923 +3247,1923 @@
       </c>
       <c r="H34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>105</v>
       </c>
       <c r="C35">
         <v>211</v>
       </c>
       <c r="D35" t="s">
         <v>37</v>
       </c>
       <c r="E35" t="s">
         <v>106</v>
       </c>
       <c r="F35" t="s">
         <v>107</v>
       </c>
       <c r="G35" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="H35" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C36">
         <v>204</v>
       </c>
       <c r="D36" t="s">
         <v>46</v>
       </c>
       <c r="E36" t="s">
         <v>47</v>
       </c>
       <c r="F36" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G36" t="s">
         <v>18</v>
       </c>
       <c r="H36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C37">
         <v>204</v>
       </c>
       <c r="D37" t="s">
         <v>42</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="F37" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G37" t="s">
         <v>18</v>
       </c>
       <c r="H37" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C38">
         <v>195</v>
       </c>
       <c r="D38" t="s">
         <v>71</v>
       </c>
       <c r="E38" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F38" t="s">
         <v>50</v>
       </c>
       <c r="G38" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H38" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C39">
         <v>192</v>
       </c>
       <c r="D39" t="s">
         <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>72</v>
       </c>
       <c r="F39" t="s">
         <v>50</v>
       </c>
       <c r="G39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H39" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C40">
         <v>189</v>
       </c>
       <c r="D40" t="s">
         <v>102</v>
       </c>
       <c r="E40" t="s">
         <v>103</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>73</v>
       </c>
       <c r="H40" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C41">
         <v>187</v>
       </c>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
         <v>16</v>
       </c>
       <c r="F41" t="s">
         <v>65</v>
       </c>
       <c r="G41" t="s">
         <v>18</v>
       </c>
       <c r="H41" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C42">
         <v>184</v>
       </c>
       <c r="D42" t="s">
         <v>46</v>
       </c>
       <c r="E42" t="s">
         <v>93</v>
       </c>
       <c r="F42" t="s">
         <v>65</v>
       </c>
       <c r="G42" t="s">
         <v>81</v>
       </c>
       <c r="H42" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C43">
         <v>183</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
         <v>16</v>
       </c>
       <c r="F43" t="s">
         <v>50</v>
       </c>
       <c r="G43" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H43" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C44">
         <v>182</v>
       </c>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
         <v>16</v>
       </c>
       <c r="F44" t="s">
         <v>17</v>
       </c>
       <c r="G44" t="s">
         <v>84</v>
       </c>
       <c r="H44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C45">
         <v>178</v>
       </c>
       <c r="D45" t="s">
         <v>46</v>
       </c>
       <c r="E45" t="s">
         <v>47</v>
       </c>
       <c r="F45" t="s">
         <v>17</v>
       </c>
       <c r="G45" t="s">
         <v>81</v>
       </c>
       <c r="H45" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C46">
         <v>176</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46" t="s">
         <v>34</v>
       </c>
       <c r="F46" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G46" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C47">
         <v>176</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
       <c r="E47" t="s">
         <v>49</v>
       </c>
       <c r="F47" t="s">
         <v>17</v>
       </c>
       <c r="G47" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C48">
         <v>175</v>
       </c>
       <c r="D48" t="s">
         <v>46</v>
       </c>
       <c r="E48" t="s">
         <v>68</v>
       </c>
       <c r="F48" t="s">
         <v>17</v>
       </c>
       <c r="G48" t="s">
         <v>81</v>
       </c>
       <c r="H48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C49">
         <v>171</v>
       </c>
       <c r="D49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C50">
         <v>171</v>
       </c>
       <c r="D50" t="s">
         <v>71</v>
       </c>
       <c r="E50" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F50" t="s">
         <v>17</v>
       </c>
       <c r="G50" t="s">
         <v>18</v>
       </c>
       <c r="H50" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C51">
         <v>169</v>
       </c>
       <c r="D51" t="s">
+        <v>132</v>
+      </c>
+      <c r="E51" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C52">
         <v>167</v>
       </c>
       <c r="D52" t="s">
         <v>46</v>
       </c>
       <c r="E52" t="s">
         <v>47</v>
       </c>
       <c r="F52" t="s">
         <v>17</v>
       </c>
       <c r="G52" t="s">
         <v>18</v>
       </c>
       <c r="H52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C53">
         <v>165</v>
       </c>
       <c r="D53" t="s">
         <v>42</v>
       </c>
       <c r="E53" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
         <v>18</v>
       </c>
       <c r="H53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C54">
         <v>164</v>
       </c>
       <c r="D54" t="s">
         <v>42</v>
       </c>
       <c r="E54" t="s">
         <v>43</v>
       </c>
       <c r="F54" t="s">
         <v>17</v>
       </c>
       <c r="G54" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C55">
         <v>163</v>
       </c>
       <c r="D55" t="s">
         <v>42</v>
       </c>
       <c r="E55" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F55" t="s">
         <v>50</v>
       </c>
       <c r="G55" t="s">
         <v>44</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C56">
         <v>161</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
         <v>16</v>
       </c>
       <c r="F56" t="s">
         <v>65</v>
       </c>
       <c r="G56" t="s">
         <v>18</v>
       </c>
       <c r="H56" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C57">
         <v>160</v>
       </c>
       <c r="D57" t="s">
         <v>75</v>
       </c>
       <c r="E57" t="s">
+        <v>142</v>
+      </c>
+      <c r="F57" t="s">
         <v>143</v>
       </c>
-      <c r="F57" t="s">
+      <c r="G57" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="H57" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C58">
         <v>155</v>
       </c>
       <c r="D58" t="s">
         <v>75</v>
       </c>
       <c r="E58" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F58" t="s">
         <v>17</v>
       </c>
       <c r="G58" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C59">
         <v>154</v>
       </c>
       <c r="D59" t="s">
+        <v>148</v>
+      </c>
+      <c r="E59" t="s">
         <v>149</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G59" t="s">
         <v>73</v>
       </c>
       <c r="H59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C60">
         <v>154</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
         <v>16</v>
       </c>
       <c r="F60" t="s">
         <v>17</v>
       </c>
       <c r="G60" t="s">
         <v>84</v>
       </c>
       <c r="H60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C61">
         <v>152</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
         <v>49</v>
       </c>
       <c r="F61" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G61" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H61" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C62">
         <v>150</v>
       </c>
       <c r="D62" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E62" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F62" t="s">
         <v>87</v>
       </c>
       <c r="G62" t="s">
         <v>18</v>
       </c>
       <c r="H62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C63">
         <v>150</v>
       </c>
       <c r="D63" t="s">
         <v>42</v>
       </c>
       <c r="E63" t="s">
         <v>43</v>
       </c>
       <c r="F63" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G63" t="s">
         <v>18</v>
       </c>
       <c r="H63" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C64">
         <v>150</v>
       </c>
       <c r="D64" t="s">
+        <v>156</v>
+      </c>
+      <c r="E64" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F64" t="s">
         <v>50</v>
       </c>
       <c r="G64" t="s">
         <v>12</v>
       </c>
       <c r="H64" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C65">
         <v>149</v>
       </c>
       <c r="D65" t="s">
         <v>42</v>
       </c>
       <c r="E65" t="s">
         <v>43</v>
       </c>
       <c r="F65" t="s">
         <v>50</v>
       </c>
       <c r="G65" t="s">
         <v>44</v>
       </c>
       <c r="H65" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C66">
         <v>148</v>
       </c>
       <c r="D66" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="E66" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="G66" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="C67">
         <v>147</v>
       </c>
       <c r="D67" t="s">
         <v>71</v>
       </c>
       <c r="E67" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H67" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C68">
         <v>146</v>
       </c>
       <c r="D68" t="s">
         <v>46</v>
       </c>
       <c r="E68" t="s">
         <v>93</v>
       </c>
       <c r="F68" t="s">
         <v>17</v>
       </c>
       <c r="G68" t="s">
         <v>81</v>
       </c>
       <c r="H68" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C69">
         <v>145</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
         <v>49</v>
       </c>
       <c r="F69" t="s">
         <v>17</v>
       </c>
       <c r="G69" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H69" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C70">
         <v>142</v>
       </c>
       <c r="D70" t="s">
         <v>71</v>
       </c>
       <c r="E70" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F70" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G70" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H70" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C71">
         <v>142</v>
       </c>
       <c r="D71" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E71" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F71" t="s">
         <v>17</v>
       </c>
       <c r="G71" t="s">
         <v>18</v>
       </c>
       <c r="H71" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C72">
         <v>142</v>
       </c>
       <c r="D72" t="s">
         <v>102</v>
       </c>
       <c r="E72" t="s">
         <v>103</v>
       </c>
       <c r="F72" t="s">
         <v>50</v>
       </c>
       <c r="G72" t="s">
         <v>73</v>
       </c>
       <c r="H72" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C73">
         <v>138</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
         <v>29</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
         <v>31</v>
       </c>
       <c r="H73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C74">
         <v>135</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
       <c r="E74" t="s">
         <v>49</v>
       </c>
       <c r="F74" t="s">
         <v>17</v>
       </c>
       <c r="G74" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C75">
         <v>135</v>
       </c>
       <c r="D75" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E75" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F75" t="s">
         <v>17</v>
       </c>
       <c r="G75" t="s">
         <v>81</v>
       </c>
       <c r="H75" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="C76">
         <v>135</v>
       </c>
       <c r="D76" t="s">
         <v>71</v>
       </c>
       <c r="E76" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F76" t="s">
         <v>50</v>
       </c>
       <c r="G76" t="s">
         <v>18</v>
       </c>
       <c r="H76" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C77">
         <v>133</v>
       </c>
       <c r="D77" t="s">
         <v>71</v>
       </c>
       <c r="E77" t="s">
         <v>72</v>
       </c>
       <c r="F77" t="s">
         <v>17</v>
       </c>
       <c r="G77" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C78">
         <v>133</v>
       </c>
       <c r="D78" t="s">
         <v>75</v>
       </c>
       <c r="E78" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H78" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C79">
         <v>132</v>
       </c>
       <c r="D79" t="s">
         <v>53</v>
       </c>
       <c r="E79" t="s">
+        <v>176</v>
+      </c>
+      <c r="F79" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="H79" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C80">
         <v>131</v>
       </c>
       <c r="D80" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E80" t="s">
+        <v>179</v>
+      </c>
+      <c r="F80" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G80" t="s">
         <v>66</v>
       </c>
       <c r="H80" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C81">
         <v>131</v>
       </c>
       <c r="D81" t="s">
         <v>9</v>
       </c>
       <c r="E81" t="s">
         <v>34</v>
       </c>
       <c r="F81" t="s">
         <v>50</v>
       </c>
       <c r="G81" t="s">
         <v>35</v>
       </c>
       <c r="H81" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C82">
         <v>131</v>
       </c>
       <c r="D82" t="s">
         <v>71</v>
       </c>
       <c r="E82" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F82" t="s">
         <v>30</v>
       </c>
       <c r="G82" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H82" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C83">
         <v>128</v>
       </c>
       <c r="D83" t="s">
         <v>53</v>
       </c>
       <c r="E83" t="s">
+        <v>184</v>
+      </c>
+      <c r="F83" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="H83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C84">
         <v>125</v>
       </c>
       <c r="D84" t="s">
         <v>46</v>
       </c>
       <c r="E84" t="s">
         <v>93</v>
       </c>
       <c r="F84" t="s">
         <v>17</v>
       </c>
       <c r="G84" t="s">
         <v>18</v>
       </c>
       <c r="H84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C85">
         <v>122</v>
       </c>
       <c r="D85" t="s">
         <v>71</v>
       </c>
       <c r="E85" t="s">
         <v>72</v>
       </c>
       <c r="F85" t="s">
         <v>87</v>
       </c>
       <c r="G85" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C86">
         <v>122</v>
       </c>
       <c r="D86" t="s">
+        <v>189</v>
+      </c>
+      <c r="E86" t="s">
         <v>190</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
+        <v>17</v>
+      </c>
+      <c r="G86" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="H86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C87">
         <v>121</v>
       </c>
       <c r="D87" t="s">
         <v>71</v>
       </c>
       <c r="E87" t="s">
+        <v>112</v>
+      </c>
+      <c r="F87" t="s">
+        <v>193</v>
+      </c>
+      <c r="G87" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H87" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C88">
         <v>118</v>
       </c>
       <c r="D88" t="s">
         <v>63</v>
       </c>
       <c r="E88" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="H88" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C89">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>71</v>
       </c>
       <c r="E89" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F89" t="s">
         <v>17</v>
       </c>
       <c r="G89" t="s">
         <v>73</v>
       </c>
       <c r="H89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C90">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>46</v>
       </c>
       <c r="E90" t="s">
         <v>47</v>
       </c>
       <c r="F90" t="s">
         <v>17</v>
       </c>
       <c r="G90" t="s">
         <v>81</v>
       </c>
       <c r="H90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C91">
         <v>117</v>
       </c>
       <c r="D91" t="s">
         <v>71</v>
       </c>
       <c r="E91" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F91" t="s">
         <v>50</v>
       </c>
       <c r="G91" t="s">
         <v>44</v>
       </c>
       <c r="H91" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C92">
         <v>117</v>
       </c>
       <c r="D92" t="s">
         <v>25</v>
       </c>
       <c r="E92" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F92" t="s">
         <v>17</v>
       </c>
       <c r="G92" t="s">
         <v>81</v>
       </c>
       <c r="H92" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C93">
         <v>116</v>
       </c>
       <c r="D93" t="s">
         <v>46</v>
       </c>
       <c r="E93" t="s">
         <v>47</v>
       </c>
       <c r="F93" t="s">
         <v>65</v>
       </c>
       <c r="G93" t="s">
         <v>66</v>
       </c>
       <c r="H93" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C94">
         <v>116</v>
       </c>
       <c r="D94" t="s">
         <v>71</v>
       </c>
       <c r="E94" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F94" t="s">
         <v>50</v>
       </c>
       <c r="G94" t="s">
         <v>44</v>
       </c>
       <c r="H94" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C95">
         <v>115</v>
       </c>
       <c r="D95" t="s">
+        <v>156</v>
+      </c>
+      <c r="E95" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F95" t="s">
         <v>65</v>
       </c>
       <c r="G95" t="s">
         <v>66</v>
       </c>
       <c r="H95" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C96">
         <v>115</v>
       </c>
       <c r="D96" t="s">
         <v>25</v>
       </c>
       <c r="E96" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F96" t="s">
         <v>65</v>
       </c>
       <c r="G96" t="s">
         <v>66</v>
       </c>
       <c r="H96" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C97">
         <v>115</v>
       </c>
       <c r="D97" t="s">
         <v>63</v>
       </c>
       <c r="E97" t="s">
         <v>64</v>
       </c>
       <c r="F97" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G97" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="H97" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C98">
         <v>115</v>
       </c>
       <c r="D98" t="s">
         <v>46</v>
       </c>
       <c r="E98" t="s">
         <v>86</v>
       </c>
       <c r="F98" t="s">
         <v>50</v>
       </c>
       <c r="G98" t="s">
         <v>44</v>
       </c>
       <c r="H98" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C99">
         <v>114</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
       <c r="E99" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F99" t="s">
         <v>17</v>
       </c>
       <c r="G99" t="s">
         <v>18</v>
       </c>
       <c r="H99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C100">
         <v>113</v>
       </c>
       <c r="D100" t="s">
         <v>25</v>
       </c>
       <c r="E100" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F100" t="s">
         <v>50</v>
       </c>
       <c r="G100" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="H100" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C101">
         <v>108</v>
       </c>
       <c r="D101" t="s">
         <v>71</v>
       </c>
       <c r="E101" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F101" t="s">
         <v>17</v>
       </c>
       <c r="G101" t="s">
         <v>73</v>
       </c>
       <c r="H101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C102">
         <v>108</v>
       </c>
       <c r="D102" t="s">
         <v>71</v>
       </c>
       <c r="E102" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F102" t="s">
         <v>17</v>
       </c>
       <c r="G102" t="s">
         <v>18</v>
       </c>
       <c r="H102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C103">
         <v>108</v>
       </c>
       <c r="D103" t="s">
+        <v>189</v>
+      </c>
+      <c r="E103" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
         <v>73</v>
       </c>
       <c r="H103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C104">
         <v>108</v>
       </c>
       <c r="D104" t="s">
         <v>75</v>
       </c>
       <c r="E104" t="s">
         <v>76</v>
       </c>
       <c r="F104" t="s">
         <v>50</v>
       </c>
       <c r="G104" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="H104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C105">
         <v>107</v>
       </c>
       <c r="D105" t="s">
         <v>46</v>
       </c>
       <c r="E105" t="s">
         <v>93</v>
       </c>
       <c r="F105" t="s">
         <v>17</v>
       </c>
       <c r="G105" t="s">
         <v>81</v>
       </c>
       <c r="H105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C106">
         <v>106</v>
       </c>
       <c r="D106" t="s">
         <v>53</v>
       </c>
       <c r="E106" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F106" t="s">
         <v>17</v>
       </c>
       <c r="G106" t="s">
         <v>66</v>
       </c>
       <c r="H106" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="C107">
         <v>105</v>
       </c>
       <c r="D107" t="s">
         <v>102</v>
       </c>
       <c r="E107" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F107" t="s">
         <v>50</v>
       </c>
       <c r="G107" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>222</v>
       </c>
       <c r="C108">
         <v>105</v>
       </c>
       <c r="D108" t="s">
         <v>15</v>
       </c>
       <c r="E108" t="s">
         <v>29</v>
       </c>
       <c r="F108" t="s">
         <v>17</v>
       </c>
       <c r="G108" t="s">
@@ -5215,8954 +5188,8746 @@
       </c>
       <c r="E109" t="s">
         <v>38</v>
       </c>
       <c r="F109" t="s">
         <v>224</v>
       </c>
       <c r="G109" t="s">
         <v>57</v>
       </c>
       <c r="H109" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>225</v>
       </c>
       <c r="C110">
         <v>105</v>
       </c>
       <c r="D110" t="s">
+        <v>148</v>
+      </c>
+      <c r="E110" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
         <v>226</v>
       </c>
       <c r="H110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>227</v>
       </c>
       <c r="C111">
         <v>104</v>
       </c>
       <c r="D111" t="s">
-        <v>53</v>
+        <v>228</v>
       </c>
       <c r="E111" t="s">
-        <v>210</v>
+        <v>229</v>
       </c>
       <c r="F111" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="G111" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="H111" t="s">
-        <v>228</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C112">
         <v>104</v>
       </c>
       <c r="D112" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="E112" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="F112" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="G112" t="s">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="H112" t="s">
-        <v>58</v>
+        <v>232</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C113">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D113" t="s">
-        <v>25</v>
+        <v>156</v>
       </c>
       <c r="E113" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F113" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G113" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H113" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C114">
         <v>103</v>
       </c>
       <c r="D114" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E114" t="s">
-        <v>60</v>
+        <v>236</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="H114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C115">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D115" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E115" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="H115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C116">
         <v>102</v>
       </c>
       <c r="D116" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E116" t="s">
-        <v>177</v>
+        <v>86</v>
       </c>
       <c r="F116" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G116" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H116" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C117">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D117" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="E117" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="F117" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G117" t="s">
-        <v>237</v>
+        <v>66</v>
       </c>
       <c r="H117" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C118">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D118" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="E118" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F118" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="G118" t="s">
-        <v>66</v>
+        <v>241</v>
       </c>
       <c r="H118" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C119">
         <v>100</v>
       </c>
       <c r="D119" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E119" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F119" t="s">
-        <v>56</v>
+        <v>243</v>
       </c>
       <c r="G119" t="s">
-        <v>241</v>
+        <v>66</v>
       </c>
       <c r="H119" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C120">
         <v>100</v>
       </c>
       <c r="D120" t="s">
         <v>71</v>
       </c>
       <c r="E120" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F120" t="s">
         <v>17</v>
       </c>
       <c r="G120" t="s">
         <v>73</v>
       </c>
       <c r="H120" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C121">
         <v>99</v>
       </c>
       <c r="D121" t="s">
         <v>42</v>
       </c>
       <c r="E121" t="s">
         <v>97</v>
       </c>
       <c r="F121" t="s">
         <v>65</v>
       </c>
       <c r="G121" t="s">
         <v>18</v>
       </c>
       <c r="H121" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C122">
         <v>99</v>
       </c>
       <c r="D122" t="s">
         <v>9</v>
       </c>
       <c r="E122" t="s">
         <v>10</v>
       </c>
       <c r="F122" t="s">
         <v>50</v>
       </c>
       <c r="G122" t="s">
         <v>12</v>
       </c>
       <c r="H122" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C123">
         <v>99</v>
       </c>
       <c r="D123" t="s">
         <v>15</v>
       </c>
       <c r="E123" t="s">
         <v>16</v>
       </c>
       <c r="F123" t="s">
         <v>17</v>
       </c>
       <c r="G123" t="s">
         <v>84</v>
       </c>
       <c r="H123" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C124">
         <v>98</v>
       </c>
       <c r="D124" t="s">
         <v>102</v>
       </c>
       <c r="E124" t="s">
         <v>103</v>
       </c>
       <c r="F124" t="s">
         <v>50</v>
       </c>
       <c r="G124" t="s">
         <v>73</v>
       </c>
       <c r="H124" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C125">
         <v>98</v>
       </c>
       <c r="D125" t="s">
         <v>71</v>
       </c>
       <c r="E125" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F125" t="s">
         <v>50</v>
       </c>
       <c r="G125" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C126">
         <v>98</v>
       </c>
       <c r="D126" t="s">
         <v>53</v>
       </c>
       <c r="E126" t="s">
         <v>54</v>
       </c>
       <c r="F126" t="s">
         <v>30</v>
       </c>
       <c r="G126" t="s">
         <v>18</v>
       </c>
       <c r="H126" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C127">
         <v>98</v>
       </c>
       <c r="D127" t="s">
         <v>71</v>
       </c>
       <c r="E127" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F127" t="s">
         <v>17</v>
       </c>
       <c r="G127" t="s">
         <v>81</v>
       </c>
       <c r="H127" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C128">
         <v>97</v>
       </c>
       <c r="D128" t="s">
         <v>46</v>
       </c>
       <c r="E128" t="s">
         <v>86</v>
       </c>
       <c r="F128" t="s">
         <v>17</v>
       </c>
       <c r="G128" t="s">
         <v>18</v>
       </c>
       <c r="H128" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C129">
         <v>96</v>
       </c>
       <c r="D129" t="s">
         <v>42</v>
       </c>
       <c r="E129" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F129" t="s">
         <v>17</v>
       </c>
       <c r="G129" t="s">
         <v>18</v>
       </c>
       <c r="H129" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C130">
         <v>96</v>
       </c>
       <c r="D130" t="s">
         <v>46</v>
       </c>
       <c r="E130" t="s">
         <v>86</v>
       </c>
       <c r="F130" t="s">
         <v>17</v>
       </c>
       <c r="G130" t="s">
         <v>18</v>
       </c>
       <c r="H130" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C131">
         <v>95</v>
       </c>
       <c r="D131" t="s">
         <v>42</v>
       </c>
       <c r="E131" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F131" t="s">
         <v>65</v>
       </c>
       <c r="G131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C132">
         <v>95</v>
       </c>
       <c r="D132" t="s">
         <v>46</v>
       </c>
       <c r="E132" t="s">
         <v>68</v>
       </c>
       <c r="F132" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G132" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="H132" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C133">
         <v>95</v>
       </c>
       <c r="D133" t="s">
         <v>75</v>
       </c>
       <c r="E133" t="s">
         <v>76</v>
       </c>
       <c r="F133" t="s">
         <v>17</v>
       </c>
       <c r="G133" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="H133" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C134">
         <v>95</v>
       </c>
       <c r="D134" t="s">
         <v>42</v>
       </c>
       <c r="E134" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F134" t="s">
         <v>17</v>
       </c>
       <c r="G134" t="s">
         <v>18</v>
       </c>
       <c r="H134" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C135">
         <v>95</v>
       </c>
       <c r="D135" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E135" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F135" t="s">
         <v>17</v>
       </c>
       <c r="G135" t="s">
         <v>18</v>
       </c>
       <c r="H135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C136">
         <v>94</v>
       </c>
       <c r="D136" t="s">
+        <v>189</v>
+      </c>
+      <c r="E136" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F136" t="s">
         <v>50</v>
       </c>
       <c r="G136" t="s">
         <v>44</v>
       </c>
       <c r="H136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C137">
         <v>93</v>
       </c>
       <c r="D137" t="s">
         <v>63</v>
       </c>
       <c r="E137" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F137" t="s">
         <v>87</v>
       </c>
       <c r="G137" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H137" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C138">
         <v>93</v>
       </c>
       <c r="D138" t="s">
         <v>46</v>
       </c>
       <c r="E138" t="s">
         <v>93</v>
       </c>
       <c r="F138" t="s">
         <v>17</v>
       </c>
       <c r="G138" t="s">
         <v>81</v>
       </c>
       <c r="H138" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C139">
         <v>93</v>
       </c>
       <c r="D139" t="s">
         <v>102</v>
       </c>
       <c r="E139" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F139" t="s">
         <v>17</v>
       </c>
       <c r="G139" t="s">
         <v>18</v>
       </c>
       <c r="H139" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C140">
         <v>92</v>
       </c>
       <c r="D140" t="s">
         <v>42</v>
       </c>
       <c r="E140" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
         <v>18</v>
       </c>
       <c r="H140" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C141">
         <v>92</v>
       </c>
       <c r="D141" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E141" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F141" t="s">
         <v>17</v>
       </c>
       <c r="G141" t="s">
         <v>73</v>
       </c>
       <c r="H141" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C142">
         <v>91</v>
       </c>
       <c r="D142" t="s">
         <v>102</v>
       </c>
       <c r="E142" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F142" t="s">
         <v>50</v>
       </c>
       <c r="G142" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H142" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C143">
         <v>91</v>
       </c>
       <c r="D143" t="s">
         <v>42</v>
       </c>
       <c r="E143" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F143" t="s">
         <v>17</v>
       </c>
       <c r="G143" t="s">
         <v>18</v>
       </c>
       <c r="H143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C144">
         <v>91</v>
       </c>
       <c r="D144" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E144" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F144" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G144" t="s">
         <v>57</v>
       </c>
       <c r="H144" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C145">
         <v>91</v>
       </c>
       <c r="D145" t="s">
         <v>71</v>
       </c>
       <c r="E145" t="s">
         <v>72</v>
       </c>
       <c r="F145" t="s">
         <v>17</v>
       </c>
       <c r="G145" t="s">
         <v>73</v>
       </c>
       <c r="H145" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C146">
         <v>90</v>
       </c>
       <c r="D146" t="s">
         <v>25</v>
       </c>
       <c r="E146" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F146" t="s">
         <v>65</v>
       </c>
       <c r="G146" t="s">
         <v>66</v>
       </c>
       <c r="H146" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C147">
         <v>89</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147" t="s">
         <v>10</v>
       </c>
       <c r="F147" t="s">
         <v>50</v>
       </c>
       <c r="G147" t="s">
         <v>12</v>
       </c>
       <c r="H147" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C148">
         <v>89</v>
       </c>
       <c r="D148" t="s">
         <v>53</v>
       </c>
       <c r="E148" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F148" t="s">
         <v>50</v>
       </c>
       <c r="G148" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="H148" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C149">
         <v>87</v>
       </c>
       <c r="D149" t="s">
         <v>53</v>
       </c>
       <c r="E149" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F149" t="s">
         <v>17</v>
       </c>
       <c r="G149" t="s">
         <v>18</v>
       </c>
       <c r="H149" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C150">
         <v>87</v>
       </c>
       <c r="D150" t="s">
         <v>15</v>
       </c>
       <c r="E150" t="s">
         <v>16</v>
       </c>
       <c r="F150" t="s">
         <v>17</v>
       </c>
       <c r="G150" t="s">
         <v>84</v>
       </c>
       <c r="H150" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C151">
         <v>86</v>
       </c>
       <c r="D151" t="s">
         <v>102</v>
       </c>
       <c r="E151" t="s">
         <v>103</v>
       </c>
       <c r="F151" t="s">
         <v>17</v>
       </c>
       <c r="G151" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="H151" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C152">
         <v>86</v>
       </c>
       <c r="D152" t="s">
         <v>42</v>
       </c>
       <c r="E152" t="s">
         <v>43</v>
       </c>
       <c r="F152" t="s">
         <v>17</v>
       </c>
       <c r="G152" t="s">
         <v>18</v>
       </c>
       <c r="H152" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C153">
         <v>85</v>
       </c>
       <c r="D153" t="s">
         <v>71</v>
       </c>
       <c r="E153" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F153" t="s">
         <v>65</v>
       </c>
       <c r="G153" t="s">
         <v>66</v>
       </c>
       <c r="H153" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C154">
         <v>85</v>
       </c>
       <c r="D154" t="s">
         <v>53</v>
       </c>
       <c r="E154" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F154" t="s">
         <v>17</v>
       </c>
       <c r="G154" t="s">
         <v>18</v>
       </c>
       <c r="H154" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C155">
         <v>84</v>
       </c>
       <c r="D155" t="s">
         <v>42</v>
       </c>
       <c r="E155" t="s">
         <v>43</v>
       </c>
       <c r="F155" t="s">
         <v>17</v>
       </c>
       <c r="G155" t="s">
         <v>18</v>
       </c>
       <c r="H155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C156">
         <v>84</v>
       </c>
       <c r="D156" t="s">
         <v>25</v>
       </c>
       <c r="E156" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F156" t="s">
         <v>65</v>
       </c>
       <c r="G156" t="s">
         <v>66</v>
       </c>
       <c r="H156" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C157">
         <v>83</v>
       </c>
       <c r="D157" t="s">
         <v>53</v>
       </c>
       <c r="E157" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F157" t="s">
         <v>87</v>
       </c>
       <c r="G157" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="H157" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C158">
         <v>82</v>
       </c>
       <c r="D158" t="s">
+        <v>156</v>
+      </c>
+      <c r="E158" t="s">
         <v>157</v>
       </c>
-      <c r="E158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G158" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H158" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C159">
         <v>82</v>
       </c>
       <c r="D159" t="s">
         <v>15</v>
       </c>
       <c r="E159" t="s">
         <v>16</v>
       </c>
       <c r="F159" t="s">
         <v>17</v>
       </c>
       <c r="G159" t="s">
         <v>84</v>
       </c>
       <c r="H159" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C160">
         <v>82</v>
       </c>
       <c r="D160" t="s">
         <v>75</v>
       </c>
       <c r="E160" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F160" t="s">
         <v>17</v>
       </c>
       <c r="G160" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H160" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C161">
         <v>81</v>
       </c>
       <c r="D161" t="s">
         <v>102</v>
       </c>
       <c r="E161" t="s">
         <v>103</v>
       </c>
       <c r="F161" t="s">
         <v>17</v>
       </c>
       <c r="G161" t="s">
         <v>18</v>
       </c>
       <c r="H161" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C162">
         <v>81</v>
       </c>
       <c r="D162" t="s">
         <v>15</v>
       </c>
       <c r="E162" t="s">
         <v>60</v>
       </c>
       <c r="F162" t="s">
         <v>17</v>
       </c>
       <c r="G162" t="s">
         <v>31</v>
       </c>
       <c r="H162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C163">
         <v>80</v>
       </c>
       <c r="D163" t="s">
         <v>37</v>
       </c>
       <c r="E163" t="s">
         <v>38</v>
       </c>
       <c r="F163" t="s">
         <v>224</v>
       </c>
       <c r="G163" t="s">
         <v>66</v>
       </c>
       <c r="H163" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C164">
         <v>79</v>
       </c>
       <c r="D164" t="s">
         <v>25</v>
       </c>
       <c r="E164" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
       <c r="F164" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G164" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="H164" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C165">
         <v>79</v>
       </c>
       <c r="D165" t="s">
         <v>15</v>
       </c>
       <c r="E165" t="s">
         <v>60</v>
       </c>
       <c r="F165" t="s">
         <v>17</v>
       </c>
       <c r="G165" t="s">
         <v>84</v>
       </c>
       <c r="H165" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C166">
         <v>78</v>
       </c>
       <c r="D166" t="s">
         <v>71</v>
       </c>
       <c r="E166" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F166" t="s">
         <v>17</v>
       </c>
       <c r="G166" t="s">
-        <v>241</v>
+        <v>257</v>
       </c>
       <c r="H166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C167">
         <v>78</v>
       </c>
       <c r="D167" t="s">
         <v>102</v>
       </c>
       <c r="E167" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F167" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G167" t="s">
         <v>18</v>
       </c>
       <c r="H167" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C168">
         <v>77</v>
       </c>
       <c r="D168" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E168" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="F168" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="G168" t="s">
         <v>66</v>
       </c>
       <c r="H168" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C169">
         <v>77</v>
       </c>
       <c r="D169" t="s">
         <v>102</v>
       </c>
       <c r="E169" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F169" t="s">
         <v>65</v>
       </c>
       <c r="G169" t="s">
         <v>66</v>
       </c>
       <c r="H169" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C170">
         <v>76</v>
       </c>
       <c r="D170" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E170" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F170" t="s">
         <v>50</v>
       </c>
       <c r="G170" t="s">
         <v>66</v>
       </c>
       <c r="H170" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C171">
         <v>75</v>
       </c>
       <c r="D171" t="s">
         <v>53</v>
       </c>
       <c r="E171" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F171" t="s">
         <v>65</v>
       </c>
       <c r="G171" t="s">
         <v>66</v>
       </c>
       <c r="H171" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C172">
         <v>75</v>
       </c>
       <c r="D172" t="s">
         <v>75</v>
       </c>
       <c r="E172" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F172" t="s">
         <v>17</v>
       </c>
       <c r="G172" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H172" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C173">
         <v>75</v>
       </c>
       <c r="D173" t="s">
         <v>25</v>
       </c>
       <c r="E173" t="s">
         <v>26</v>
       </c>
       <c r="F173" t="s">
         <v>17</v>
       </c>
       <c r="G173" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H173" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C174">
         <v>74</v>
       </c>
       <c r="D174" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E174" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F174" t="s">
         <v>65</v>
       </c>
       <c r="G174" t="s">
         <v>66</v>
       </c>
       <c r="H174" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C175">
         <v>74</v>
       </c>
       <c r="D175" t="s">
         <v>25</v>
       </c>
       <c r="E175" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F175" t="s">
         <v>17</v>
       </c>
       <c r="G175" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H175" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C176">
         <v>74</v>
       </c>
       <c r="D176" t="s">
         <v>25</v>
       </c>
       <c r="E176" t="s">
         <v>26</v>
       </c>
       <c r="F176" t="s">
         <v>17</v>
       </c>
       <c r="G176" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="H176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C177">
         <v>74</v>
       </c>
       <c r="D177" t="s">
         <v>63</v>
       </c>
       <c r="E177" t="s">
         <v>64</v>
       </c>
       <c r="F177" t="s">
         <v>17</v>
       </c>
       <c r="G177" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="H177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C178">
         <v>73</v>
       </c>
       <c r="D178" t="s">
         <v>15</v>
       </c>
       <c r="E178" t="s">
         <v>29</v>
       </c>
       <c r="F178" t="s">
         <v>17</v>
       </c>
       <c r="G178" t="s">
         <v>18</v>
       </c>
       <c r="H178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C179">
         <v>72</v>
       </c>
       <c r="D179" t="s">
         <v>71</v>
       </c>
       <c r="E179" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F179" t="s">
         <v>17</v>
       </c>
       <c r="G179" t="s">
         <v>73</v>
       </c>
       <c r="H179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C180">
         <v>72</v>
       </c>
       <c r="D180" t="s">
         <v>42</v>
       </c>
       <c r="E180" t="s">
         <v>97</v>
       </c>
       <c r="F180" t="s">
         <v>17</v>
       </c>
       <c r="G180" t="s">
         <v>18</v>
       </c>
       <c r="H180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C181">
         <v>72</v>
       </c>
       <c r="D181" t="s">
         <v>42</v>
       </c>
       <c r="E181" t="s">
         <v>97</v>
       </c>
       <c r="F181" t="s">
         <v>65</v>
       </c>
       <c r="G181" t="s">
         <v>18</v>
       </c>
       <c r="H181" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C182">
         <v>71</v>
       </c>
       <c r="D182" t="s">
         <v>63</v>
       </c>
       <c r="E182" t="s">
         <v>64</v>
       </c>
       <c r="F182" t="s">
         <v>17</v>
       </c>
       <c r="G182" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="H182" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C183">
         <v>71</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183" t="s">
         <v>49</v>
       </c>
       <c r="F183" t="s">
         <v>17</v>
       </c>
       <c r="G183" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="C184">
         <v>71</v>
       </c>
       <c r="D184" t="s">
         <v>42</v>
       </c>
       <c r="E184" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F184" t="s">
         <v>17</v>
       </c>
       <c r="G184" t="s">
         <v>18</v>
       </c>
       <c r="H184" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C185">
         <v>70</v>
       </c>
       <c r="D185" t="s">
         <v>75</v>
       </c>
       <c r="E185" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="F185" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G185" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C186">
         <v>70</v>
       </c>
       <c r="D186" t="s">
         <v>25</v>
       </c>
       <c r="E186" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F186" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G186" t="s">
         <v>66</v>
       </c>
       <c r="H186" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C187">
         <v>70</v>
       </c>
       <c r="D187" t="s">
         <v>9</v>
       </c>
       <c r="E187" t="s">
         <v>10</v>
       </c>
       <c r="F187" t="s">
         <v>50</v>
       </c>
       <c r="G187" t="s">
         <v>12</v>
       </c>
       <c r="H187" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C188">
         <v>70</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188" t="s">
         <v>34</v>
       </c>
       <c r="F188" t="s">
         <v>17</v>
       </c>
       <c r="G188" t="s">
         <v>100</v>
       </c>
       <c r="H188" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C189">
         <v>70</v>
       </c>
       <c r="D189" t="s">
         <v>102</v>
       </c>
       <c r="E189" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
         <v>73</v>
       </c>
       <c r="H189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C190">
         <v>70</v>
       </c>
       <c r="D190" t="s">
         <v>25</v>
       </c>
       <c r="E190" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F190" t="s">
         <v>65</v>
       </c>
       <c r="G190" t="s">
         <v>66</v>
       </c>
       <c r="H190" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C191">
         <v>69</v>
       </c>
       <c r="D191" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E191" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F191" t="s">
         <v>17</v>
       </c>
       <c r="G191" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="H191" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C192">
         <v>69</v>
       </c>
       <c r="D192" t="s">
         <v>9</v>
       </c>
       <c r="E192" t="s">
         <v>49</v>
       </c>
       <c r="F192" t="s">
         <v>11</v>
       </c>
       <c r="G192" t="s">
         <v>12</v>
       </c>
       <c r="H192" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C193">
         <v>69</v>
       </c>
       <c r="D193" t="s">
         <v>42</v>
       </c>
       <c r="E193" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F193" t="s">
         <v>17</v>
       </c>
       <c r="G193" t="s">
         <v>18</v>
       </c>
       <c r="H193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C194">
         <v>69</v>
       </c>
       <c r="D194" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E194" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F194" t="s">
         <v>11</v>
       </c>
       <c r="G194" t="s">
         <v>18</v>
       </c>
       <c r="H194" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C195">
         <v>68</v>
       </c>
       <c r="D195" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E195" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F195" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="G195" t="s">
         <v>66</v>
       </c>
       <c r="H195" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C196">
         <v>68</v>
       </c>
       <c r="D196" t="s">
         <v>102</v>
       </c>
       <c r="E196" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F196" t="s">
         <v>65</v>
       </c>
       <c r="G196" t="s">
         <v>57</v>
       </c>
       <c r="H196" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C197">
         <v>68</v>
       </c>
       <c r="D197" t="s">
         <v>102</v>
       </c>
       <c r="E197" t="s">
         <v>103</v>
       </c>
       <c r="F197" t="s">
         <v>17</v>
       </c>
       <c r="G197" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C198">
         <v>68</v>
       </c>
       <c r="D198" t="s">
         <v>53</v>
       </c>
       <c r="E198" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F198" t="s">
         <v>65</v>
       </c>
       <c r="G198" t="s">
         <v>66</v>
       </c>
       <c r="H198" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C199">
         <v>68</v>
       </c>
       <c r="D199" t="s">
+        <v>156</v>
+      </c>
+      <c r="E199" t="s">
         <v>157</v>
       </c>
-      <c r="E199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F199" t="s">
         <v>17</v>
       </c>
       <c r="G199" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="H199" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C200">
         <v>67</v>
       </c>
       <c r="D200" t="s">
         <v>9</v>
       </c>
       <c r="E200" t="s">
         <v>49</v>
       </c>
       <c r="F200" t="s">
         <v>50</v>
       </c>
       <c r="G200" t="s">
         <v>12</v>
       </c>
       <c r="H200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C201">
         <v>67</v>
       </c>
       <c r="D201" t="s">
         <v>25</v>
       </c>
       <c r="E201" t="s">
         <v>26</v>
       </c>
       <c r="F201" t="s">
         <v>11</v>
       </c>
       <c r="G201" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="H201" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C202">
         <v>66</v>
       </c>
       <c r="D202" t="s">
+        <v>156</v>
+      </c>
+      <c r="E202" t="s">
         <v>157</v>
       </c>
-      <c r="E202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F202" t="s">
         <v>17</v>
       </c>
       <c r="G202" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="H202" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C203">
         <v>66</v>
       </c>
       <c r="D203" t="s">
         <v>25</v>
       </c>
       <c r="E203" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F203" t="s">
         <v>65</v>
       </c>
       <c r="G203" t="s">
         <v>66</v>
       </c>
       <c r="H203" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C204">
         <v>66</v>
       </c>
       <c r="D204" t="s">
         <v>102</v>
       </c>
       <c r="E204" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F204" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H204" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C205">
         <v>66</v>
       </c>
       <c r="D205" t="s">
         <v>53</v>
       </c>
       <c r="E205" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F205" t="s">
         <v>65</v>
       </c>
       <c r="G205" t="s">
         <v>66</v>
       </c>
       <c r="H205" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C206">
         <v>66</v>
       </c>
       <c r="D206" t="s">
         <v>63</v>
       </c>
       <c r="E206" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F206" t="s">
         <v>17</v>
       </c>
       <c r="G206" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C207">
         <v>65</v>
       </c>
       <c r="D207" t="s">
         <v>102</v>
       </c>
       <c r="E207" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F207" t="s">
         <v>65</v>
       </c>
       <c r="G207" t="s">
         <v>57</v>
       </c>
       <c r="H207" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C208">
         <v>65</v>
       </c>
       <c r="D208" t="s">
         <v>9</v>
       </c>
       <c r="E208" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F208" t="s">
         <v>50</v>
       </c>
       <c r="G208" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="H208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C209">
         <v>65</v>
       </c>
       <c r="D209" t="s">
         <v>46</v>
       </c>
       <c r="E209" t="s">
         <v>68</v>
       </c>
       <c r="F209" t="s">
         <v>65</v>
       </c>
       <c r="G209" t="s">
         <v>66</v>
       </c>
       <c r="H209" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C210">
         <v>64</v>
       </c>
       <c r="D210" t="s">
         <v>71</v>
       </c>
       <c r="E210" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F210" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G210" t="s">
         <v>73</v>
       </c>
       <c r="H210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C211">
         <v>64</v>
       </c>
       <c r="D211" t="s">
         <v>63</v>
       </c>
       <c r="E211" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F211" t="s">
         <v>65</v>
       </c>
       <c r="G211" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H211" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C212">
         <v>64</v>
       </c>
       <c r="D212" t="s">
         <v>53</v>
       </c>
       <c r="E212" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F212" t="s">
         <v>65</v>
       </c>
       <c r="G212" t="s">
         <v>66</v>
       </c>
       <c r="H212" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C213">
         <v>64</v>
       </c>
       <c r="D213" t="s">
         <v>102</v>
       </c>
       <c r="E213" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F213" t="s">
         <v>17</v>
       </c>
       <c r="G213" t="s">
         <v>73</v>
       </c>
       <c r="H213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C214">
         <v>64</v>
       </c>
       <c r="D214" t="s">
         <v>102</v>
       </c>
       <c r="E214" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F214" t="s">
         <v>17</v>
       </c>
       <c r="G214" t="s">
         <v>73</v>
       </c>
       <c r="H214" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C215">
         <v>63</v>
       </c>
       <c r="D215" t="s">
         <v>102</v>
       </c>
       <c r="E215" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F215" t="s">
         <v>17</v>
       </c>
       <c r="G215" t="s">
         <v>18</v>
       </c>
       <c r="H215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C216">
         <v>62</v>
       </c>
       <c r="D216" t="s">
         <v>102</v>
       </c>
       <c r="E216" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F216" t="s">
         <v>65</v>
       </c>
       <c r="G216" t="s">
         <v>66</v>
       </c>
       <c r="H216" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C217">
         <v>62</v>
       </c>
       <c r="D217" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E217" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F217" t="s">
-        <v>369</v>
+        <v>109</v>
       </c>
       <c r="G217" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="H217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C218">
         <v>62</v>
       </c>
       <c r="D218" t="s">
+        <v>148</v>
+      </c>
+      <c r="E218" t="s">
         <v>149</v>
       </c>
-      <c r="E218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F218" t="s">
         <v>17</v>
       </c>
       <c r="G218" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="H218" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C219">
         <v>61</v>
       </c>
       <c r="D219" t="s">
         <v>21</v>
       </c>
       <c r="E219" t="s">
         <v>22</v>
       </c>
       <c r="F219" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="G219" t="s">
         <v>73</v>
       </c>
       <c r="H219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C220">
         <v>61</v>
       </c>
       <c r="D220" t="s">
+        <v>132</v>
+      </c>
+      <c r="E220" t="s">
         <v>133</v>
       </c>
-      <c r="E220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F220" t="s">
         <v>17</v>
       </c>
       <c r="G220" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C221">
         <v>61</v>
       </c>
       <c r="D221" t="s">
         <v>9</v>
       </c>
       <c r="E221" t="s">
         <v>10</v>
       </c>
       <c r="F221" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G221" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C222">
         <v>61</v>
       </c>
       <c r="D222" t="s">
         <v>42</v>
       </c>
       <c r="E222" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F222" t="s">
         <v>17</v>
       </c>
       <c r="G222" t="s">
         <v>18</v>
       </c>
       <c r="H222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C223">
         <v>61</v>
       </c>
       <c r="D223" t="s">
         <v>53</v>
       </c>
       <c r="E223" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F223" t="s">
         <v>65</v>
       </c>
       <c r="G223" t="s">
         <v>66</v>
       </c>
       <c r="H223" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C224">
         <v>61</v>
       </c>
       <c r="D224" t="s">
         <v>71</v>
       </c>
       <c r="E224" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F224" t="s">
         <v>50</v>
       </c>
       <c r="G224" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H224" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C225">
         <v>60</v>
       </c>
       <c r="D225" t="s">
         <v>102</v>
       </c>
       <c r="E225" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F225" t="s">
         <v>17</v>
       </c>
       <c r="G225" t="s">
         <v>81</v>
       </c>
       <c r="H225" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C226">
         <v>60</v>
       </c>
       <c r="D226" t="s">
+        <v>156</v>
+      </c>
+      <c r="E226" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F226" t="s">
         <v>65</v>
       </c>
       <c r="G226" t="s">
         <v>66</v>
       </c>
       <c r="H226" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C227">
         <v>60</v>
       </c>
       <c r="D227" t="s">
         <v>63</v>
       </c>
       <c r="E227" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F227" t="s">
         <v>65</v>
       </c>
       <c r="G227" t="s">
         <v>66</v>
       </c>
       <c r="H227" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C228">
         <v>60</v>
       </c>
       <c r="D228" t="s">
         <v>9</v>
       </c>
       <c r="E228" t="s">
         <v>34</v>
       </c>
       <c r="F228" t="s">
         <v>50</v>
       </c>
       <c r="G228" t="s">
         <v>35</v>
       </c>
       <c r="H228" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C229">
         <v>60</v>
       </c>
       <c r="D229" t="s">
         <v>15</v>
       </c>
       <c r="E229" t="s">
         <v>60</v>
       </c>
       <c r="F229" t="s">
         <v>17</v>
       </c>
       <c r="G229" t="s">
         <v>18</v>
       </c>
       <c r="H229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C230">
         <v>59</v>
       </c>
       <c r="D230" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E230" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F230" t="s">
         <v>11</v>
       </c>
       <c r="G230" t="s">
         <v>12</v>
       </c>
       <c r="H230" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C231">
         <v>59</v>
       </c>
       <c r="D231" t="s">
         <v>42</v>
       </c>
       <c r="E231" t="s">
         <v>43</v>
       </c>
       <c r="F231" t="s">
         <v>17</v>
       </c>
       <c r="G231" t="s">
         <v>81</v>
       </c>
       <c r="H231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C232">
         <v>59</v>
       </c>
       <c r="D232" t="s">
         <v>63</v>
       </c>
       <c r="E232" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F232" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G232" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C233">
         <v>59</v>
       </c>
       <c r="D233" t="s">
         <v>53</v>
       </c>
       <c r="E233" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F233" t="s">
         <v>17</v>
       </c>
       <c r="G233" t="s">
         <v>66</v>
       </c>
       <c r="H233" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C234">
         <v>58</v>
       </c>
       <c r="D234" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E234" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F234" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G234" t="s">
         <v>66</v>
       </c>
       <c r="H234" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C235">
         <v>58</v>
       </c>
       <c r="D235" t="s">
         <v>63</v>
       </c>
       <c r="E235" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F235" t="s">
         <v>65</v>
       </c>
       <c r="G235" t="s">
         <v>66</v>
       </c>
       <c r="H235" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C236">
         <v>58</v>
       </c>
       <c r="D236" t="s">
         <v>42</v>
       </c>
       <c r="E236" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F236" t="s">
         <v>17</v>
       </c>
       <c r="G236" t="s">
         <v>18</v>
       </c>
       <c r="H236" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C237">
         <v>57</v>
       </c>
       <c r="D237" t="s">
         <v>102</v>
       </c>
       <c r="E237" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="F237" t="s">
         <v>65</v>
       </c>
       <c r="G237" t="s">
         <v>66</v>
       </c>
       <c r="H237" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C238">
         <v>57</v>
       </c>
       <c r="D238" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E238" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F238" t="s">
         <v>17</v>
       </c>
       <c r="G238" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C239">
         <v>57</v>
       </c>
       <c r="D239" t="s">
         <v>53</v>
       </c>
       <c r="E239" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F239" t="s">
         <v>65</v>
       </c>
       <c r="G239" t="s">
         <v>66</v>
       </c>
       <c r="H239" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C240">
         <v>57</v>
       </c>
       <c r="D240" t="s">
         <v>71</v>
       </c>
       <c r="E240" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F240" t="s">
         <v>17</v>
       </c>
       <c r="G240" t="s">
         <v>73</v>
       </c>
       <c r="H240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C241">
         <v>57</v>
       </c>
       <c r="D241" t="s">
         <v>42</v>
       </c>
       <c r="E241" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F241" t="s">
         <v>65</v>
       </c>
       <c r="G241" t="s">
         <v>66</v>
       </c>
       <c r="H241" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C242">
         <v>56</v>
       </c>
       <c r="D242" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E242" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F242" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G242" t="s">
         <v>73</v>
       </c>
       <c r="H242" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C243">
         <v>56</v>
       </c>
       <c r="D243" t="s">
         <v>42</v>
       </c>
       <c r="E243" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F243" t="s">
         <v>17</v>
       </c>
       <c r="G243" t="s">
         <v>18</v>
       </c>
       <c r="H243" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C244">
         <v>56</v>
       </c>
       <c r="D244" t="s">
+        <v>148</v>
+      </c>
+      <c r="E244" t="s">
         <v>149</v>
       </c>
-      <c r="E244" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F244" t="s">
         <v>17</v>
       </c>
       <c r="G244" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H244" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C245">
         <v>56</v>
       </c>
       <c r="D245" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E245" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F245" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G245" t="s">
         <v>66</v>
       </c>
       <c r="H245" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C246">
         <v>56</v>
       </c>
       <c r="D246" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E246" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F246" t="s">
         <v>65</v>
       </c>
       <c r="G246" t="s">
         <v>66</v>
       </c>
       <c r="H246" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C247">
         <v>55</v>
       </c>
       <c r="D247" t="s">
         <v>71</v>
       </c>
       <c r="E247" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F247" t="s">
         <v>17</v>
       </c>
       <c r="G247" t="s">
         <v>73</v>
       </c>
       <c r="H247" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C248">
         <v>55</v>
       </c>
       <c r="D248" t="s">
         <v>53</v>
       </c>
       <c r="E248" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F248" t="s">
         <v>87</v>
       </c>
       <c r="G248" t="s">
         <v>18</v>
       </c>
       <c r="H248" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C249">
         <v>55</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
       <c r="E249" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="F249" t="s">
         <v>17</v>
       </c>
       <c r="G249" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H249" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C250">
         <v>55</v>
       </c>
       <c r="D250" t="s">
         <v>102</v>
       </c>
       <c r="E250" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F250" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G250" t="s">
         <v>66</v>
       </c>
       <c r="H250" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C251">
         <v>55</v>
       </c>
       <c r="D251" t="s">
         <v>53</v>
       </c>
       <c r="E251" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F251" t="s">
         <v>65</v>
       </c>
       <c r="G251" t="s">
         <v>66</v>
       </c>
       <c r="H251" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C252">
         <v>54</v>
       </c>
       <c r="D252" t="s">
         <v>9</v>
       </c>
       <c r="E252" t="s">
         <v>49</v>
       </c>
       <c r="F252" t="s">
         <v>50</v>
       </c>
       <c r="G252" t="s">
         <v>12</v>
       </c>
       <c r="H252" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C253">
         <v>54</v>
       </c>
       <c r="D253" t="s">
         <v>25</v>
       </c>
       <c r="E253" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F253" t="s">
         <v>65</v>
       </c>
       <c r="G253" t="s">
         <v>66</v>
       </c>
       <c r="H253" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C254">
         <v>54</v>
       </c>
       <c r="D254" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E254" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F254" t="s">
         <v>65</v>
       </c>
       <c r="G254" t="s">
         <v>66</v>
       </c>
       <c r="H254" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C255">
         <v>54</v>
       </c>
       <c r="D255" t="s">
         <v>102</v>
       </c>
       <c r="E255" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F255" t="s">
         <v>65</v>
       </c>
       <c r="G255" t="s">
         <v>66</v>
       </c>
       <c r="H255" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C256">
         <v>54</v>
       </c>
       <c r="D256" t="s">
         <v>53</v>
       </c>
       <c r="E256" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F256" t="s">
         <v>65</v>
       </c>
       <c r="G256" t="s">
         <v>66</v>
       </c>
       <c r="H256" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C257">
         <v>54</v>
       </c>
       <c r="D257" t="s">
         <v>53</v>
       </c>
       <c r="E257" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F257" t="s">
         <v>50</v>
       </c>
       <c r="G257" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H257" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C258">
         <v>54</v>
       </c>
       <c r="D258" t="s">
         <v>71</v>
       </c>
       <c r="E258" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F258" t="s">
         <v>17</v>
       </c>
       <c r="G258" t="s">
         <v>18</v>
       </c>
       <c r="H258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C259">
         <v>53</v>
       </c>
       <c r="D259" t="s">
         <v>15</v>
       </c>
       <c r="E259" t="s">
         <v>60</v>
       </c>
       <c r="F259" t="s">
         <v>17</v>
       </c>
       <c r="G259" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C260">
         <v>53</v>
       </c>
       <c r="D260" t="s">
         <v>53</v>
       </c>
       <c r="E260" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F260" t="s">
         <v>17</v>
       </c>
       <c r="G260" t="s">
         <v>66</v>
       </c>
       <c r="H260" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C261">
         <v>53</v>
       </c>
       <c r="D261" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E261" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F261" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G261" t="s">
         <v>66</v>
       </c>
       <c r="H261" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C262">
         <v>53</v>
       </c>
       <c r="D262" t="s">
         <v>42</v>
       </c>
       <c r="E262" t="s">
         <v>43</v>
       </c>
       <c r="F262" t="s">
         <v>17</v>
       </c>
       <c r="G262" t="s">
         <v>18</v>
       </c>
       <c r="H262" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C263">
         <v>53</v>
       </c>
       <c r="D263" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E263" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F263" t="s">
         <v>65</v>
       </c>
       <c r="G263" t="s">
         <v>66</v>
       </c>
       <c r="H263" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C264">
         <v>53</v>
       </c>
       <c r="D264" t="s">
         <v>102</v>
       </c>
       <c r="E264" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F264" t="s">
         <v>65</v>
       </c>
       <c r="G264" t="s">
         <v>66</v>
       </c>
       <c r="H264" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C265">
         <v>53</v>
       </c>
       <c r="D265" t="s">
         <v>102</v>
       </c>
       <c r="E265" t="s">
         <v>103</v>
       </c>
       <c r="F265" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G265" t="s">
         <v>66</v>
       </c>
       <c r="H265" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C266">
         <v>53</v>
       </c>
       <c r="D266" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E266" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F266" t="s">
         <v>17</v>
       </c>
       <c r="G266" t="s">
         <v>18</v>
       </c>
       <c r="H266" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C267">
         <v>53</v>
       </c>
       <c r="D267" t="s">
         <v>102</v>
       </c>
       <c r="E267" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F267" t="s">
         <v>17</v>
       </c>
       <c r="G267" t="s">
         <v>73</v>
       </c>
       <c r="H267" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C268">
         <v>53</v>
       </c>
       <c r="D268" t="s">
         <v>25</v>
       </c>
       <c r="E268" t="s">
         <v>26</v>
       </c>
       <c r="F268" t="s">
         <v>65</v>
       </c>
       <c r="G268" t="s">
         <v>66</v>
       </c>
       <c r="H268" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C269">
         <v>52</v>
       </c>
       <c r="D269" t="s">
         <v>15</v>
       </c>
       <c r="E269" t="s">
         <v>60</v>
       </c>
       <c r="F269" t="s">
         <v>17</v>
       </c>
       <c r="G269" t="s">
         <v>84</v>
       </c>
       <c r="H269" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C270">
         <v>52</v>
       </c>
       <c r="D270" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E270" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F270" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G270" t="s">
         <v>66</v>
       </c>
       <c r="H270" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C271">
         <v>52</v>
       </c>
       <c r="D271" t="s">
         <v>102</v>
       </c>
       <c r="E271" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F271" t="s">
         <v>17</v>
       </c>
       <c r="G271" t="s">
         <v>73</v>
       </c>
       <c r="H271" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C272">
         <v>52</v>
       </c>
       <c r="D272" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E272" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F272" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G272" t="s">
         <v>66</v>
       </c>
       <c r="H272" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C273">
         <v>52</v>
       </c>
       <c r="D273" t="s">
         <v>25</v>
       </c>
       <c r="E273" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F273" t="s">
         <v>17</v>
       </c>
       <c r="G273" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C274">
         <v>52</v>
       </c>
       <c r="D274" t="s">
         <v>102</v>
       </c>
       <c r="E274" t="s">
         <v>103</v>
       </c>
       <c r="F274" t="s">
         <v>17</v>
       </c>
       <c r="G274" t="s">
         <v>18</v>
       </c>
       <c r="H274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C275">
         <v>51</v>
       </c>
       <c r="D275" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E275" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F275" t="s">
         <v>17</v>
       </c>
       <c r="G275" t="s">
         <v>18</v>
       </c>
       <c r="H275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C276">
         <v>51</v>
       </c>
       <c r="D276" t="s">
         <v>46</v>
       </c>
       <c r="E276" t="s">
         <v>93</v>
       </c>
       <c r="F276" t="s">
         <v>65</v>
       </c>
       <c r="G276" t="s">
         <v>81</v>
       </c>
       <c r="H276" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C277">
         <v>51</v>
       </c>
       <c r="D277" t="s">
         <v>102</v>
       </c>
       <c r="E277" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F277" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G277" t="s">
         <v>18</v>
       </c>
       <c r="H277" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C278">
         <v>51</v>
       </c>
       <c r="D278" t="s">
         <v>15</v>
       </c>
       <c r="E278" t="s">
         <v>60</v>
       </c>
       <c r="F278" t="s">
         <v>17</v>
       </c>
       <c r="G278" t="s">
         <v>31</v>
       </c>
       <c r="H278" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C279">
         <v>51</v>
       </c>
       <c r="D279" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E279" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F279" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G279" t="s">
         <v>66</v>
       </c>
       <c r="H279" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C280">
         <v>51</v>
       </c>
       <c r="D280" t="s">
         <v>25</v>
       </c>
       <c r="E280" t="s">
         <v>26</v>
       </c>
       <c r="F280" t="s">
         <v>50</v>
       </c>
       <c r="G280" t="s">
         <v>44</v>
       </c>
       <c r="H280" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C281">
         <v>51</v>
       </c>
       <c r="D281" t="s">
         <v>102</v>
       </c>
       <c r="E281" t="s">
         <v>103</v>
       </c>
       <c r="F281" t="s">
         <v>30</v>
       </c>
       <c r="G281" t="s">
         <v>73</v>
       </c>
       <c r="H281" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C282">
         <v>50</v>
       </c>
       <c r="D282" t="s">
         <v>53</v>
       </c>
       <c r="E282" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F282" t="s">
         <v>65</v>
       </c>
       <c r="G282" t="s">
         <v>66</v>
       </c>
       <c r="H282" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C283">
         <v>50</v>
       </c>
       <c r="D283" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E283" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F283" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G283" t="s">
         <v>66</v>
       </c>
       <c r="H283" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C284">
         <v>50</v>
       </c>
       <c r="D284" t="s">
         <v>53</v>
       </c>
       <c r="E284" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F284" t="s">
         <v>50</v>
       </c>
       <c r="G284" t="s">
         <v>66</v>
       </c>
       <c r="H284" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C285">
         <v>50</v>
       </c>
       <c r="D285" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E285" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F285" t="s">
         <v>65</v>
       </c>
       <c r="G285" t="s">
         <v>57</v>
       </c>
       <c r="H285" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C286">
         <v>50</v>
       </c>
       <c r="D286" t="s">
         <v>42</v>
       </c>
       <c r="E286" t="s">
         <v>97</v>
       </c>
       <c r="F286" t="s">
         <v>65</v>
       </c>
       <c r="G286" t="s">
         <v>18</v>
       </c>
       <c r="H286" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C287">
         <v>50</v>
       </c>
       <c r="D287" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="E287" t="s">
-        <v>210</v>
+        <v>76</v>
       </c>
       <c r="F287" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G287" t="s">
-        <v>66</v>
+        <v>146</v>
       </c>
       <c r="H287" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C288">
         <v>50</v>
       </c>
       <c r="D288" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="E288" t="s">
-        <v>76</v>
+        <v>209</v>
       </c>
       <c r="F288" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G288" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="H288" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C289">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D289" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E289" t="s">
-        <v>210</v>
+        <v>425</v>
       </c>
       <c r="F289" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G289" t="s">
         <v>66</v>
       </c>
       <c r="H289" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C290">
         <v>49</v>
       </c>
       <c r="D290" t="s">
-        <v>273</v>
+        <v>25</v>
       </c>
       <c r="E290" t="s">
-        <v>423</v>
+        <v>127</v>
       </c>
       <c r="F290" t="s">
-        <v>239</v>
+        <v>193</v>
       </c>
       <c r="G290" t="s">
-        <v>66</v>
+        <v>459</v>
       </c>
       <c r="H290" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C291">
         <v>49</v>
       </c>
       <c r="D291" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E291" t="s">
-        <v>128</v>
+        <v>221</v>
       </c>
       <c r="F291" t="s">
-        <v>194</v>
+        <v>65</v>
       </c>
       <c r="G291" t="s">
-        <v>459</v>
+        <v>66</v>
       </c>
       <c r="H291" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C292">
         <v>49</v>
       </c>
       <c r="D292" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E292" t="s">
-        <v>161</v>
+        <v>462</v>
       </c>
       <c r="F292" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="G292" t="s">
         <v>66</v>
       </c>
       <c r="H292" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C293">
         <v>49</v>
       </c>
       <c r="D293" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E293" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F293" t="s">
-        <v>303</v>
+        <v>243</v>
       </c>
       <c r="G293" t="s">
         <v>66</v>
       </c>
       <c r="H293" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C294">
         <v>49</v>
       </c>
       <c r="D294" t="s">
-        <v>273</v>
+        <v>148</v>
       </c>
       <c r="E294" t="s">
-        <v>337</v>
+        <v>149</v>
       </c>
       <c r="F294" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G294" t="s">
         <v>66</v>
       </c>
       <c r="H294" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C295">
         <v>49</v>
       </c>
       <c r="D295" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="E295" t="s">
-        <v>150</v>
+        <v>340</v>
       </c>
       <c r="F295" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G295" t="s">
         <v>66</v>
       </c>
       <c r="H295" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C296">
         <v>49</v>
       </c>
       <c r="D296" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E296" t="s">
-        <v>337</v>
+        <v>467</v>
       </c>
       <c r="F296" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G296" t="s">
         <v>66</v>
       </c>
       <c r="H296" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C297">
         <v>49</v>
       </c>
       <c r="D297" t="s">
-        <v>273</v>
+        <v>63</v>
       </c>
       <c r="E297" t="s">
-        <v>467</v>
+        <v>356</v>
       </c>
       <c r="F297" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="G297" t="s">
-        <v>66</v>
+        <v>259</v>
       </c>
       <c r="H297" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C298">
         <v>49</v>
       </c>
       <c r="D298" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="E298" t="s">
-        <v>353</v>
+        <v>262</v>
       </c>
       <c r="F298" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G298" t="s">
-        <v>256</v>
+        <v>73</v>
       </c>
       <c r="H298" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C299">
         <v>49</v>
       </c>
       <c r="D299" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
       <c r="E299" t="s">
-        <v>259</v>
+        <v>431</v>
       </c>
       <c r="F299" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G299" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="H299" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C300">
         <v>49</v>
       </c>
       <c r="D300" t="s">
-        <v>190</v>
+        <v>276</v>
       </c>
       <c r="E300" t="s">
-        <v>429</v>
+        <v>467</v>
       </c>
       <c r="F300" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G300" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H300" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C301">
         <v>49</v>
       </c>
       <c r="D301" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E301" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="F301" t="s">
-        <v>239</v>
+        <v>473</v>
       </c>
       <c r="G301" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H301" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C302">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D302" t="s">
-        <v>273</v>
+        <v>63</v>
       </c>
       <c r="E302" t="s">
-        <v>462</v>
+        <v>195</v>
       </c>
       <c r="F302" t="s">
-        <v>369</v>
+        <v>65</v>
       </c>
       <c r="G302" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H302" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C303">
         <v>48</v>
       </c>
       <c r="D303" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="E303" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="F303" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G303" t="s">
-        <v>66</v>
+        <v>476</v>
       </c>
       <c r="H303" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C304">
         <v>48</v>
       </c>
       <c r="D304" t="s">
-        <v>157</v>
+        <v>276</v>
       </c>
       <c r="E304" t="s">
-        <v>230</v>
+        <v>467</v>
       </c>
       <c r="F304" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="G304" t="s">
-        <v>475</v>
+        <v>66</v>
       </c>
       <c r="H304" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C305">
         <v>48</v>
       </c>
       <c r="D305" t="s">
-        <v>273</v>
+        <v>148</v>
       </c>
       <c r="E305" t="s">
-        <v>467</v>
+        <v>403</v>
       </c>
       <c r="F305" t="s">
-        <v>477</v>
+        <v>65</v>
       </c>
       <c r="G305" t="s">
         <v>66</v>
       </c>
       <c r="H305" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C306">
         <v>48</v>
       </c>
       <c r="D306" t="s">
-        <v>149</v>
+        <v>189</v>
       </c>
       <c r="E306" t="s">
-        <v>401</v>
+        <v>431</v>
       </c>
       <c r="F306" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G306" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="H306" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C307">
         <v>48</v>
       </c>
       <c r="D307" t="s">
-        <v>480</v>
+        <v>42</v>
       </c>
       <c r="E307" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="F307" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G307" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H307" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
         <v>482</v>
       </c>
       <c r="C308">
         <v>48</v>
       </c>
       <c r="D308" t="s">
-        <v>190</v>
+        <v>132</v>
       </c>
       <c r="E308" t="s">
-        <v>429</v>
+        <v>153</v>
       </c>
       <c r="F308" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G308" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="H308" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
         <v>483</v>
       </c>
       <c r="C309">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D309" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="E309" t="s">
-        <v>97</v>
+        <v>356</v>
       </c>
       <c r="F309" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G309" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="H309" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
         <v>484</v>
       </c>
       <c r="C310">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D310" t="s">
-        <v>133</v>
+        <v>276</v>
       </c>
       <c r="E310" t="s">
-        <v>154</v>
+        <v>485</v>
       </c>
       <c r="F310" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G310" t="s">
         <v>66</v>
       </c>
       <c r="H310" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C311">
         <v>47</v>
       </c>
       <c r="D311" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="E311" t="s">
-        <v>22</v>
+        <v>176</v>
       </c>
       <c r="F311" t="s">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="G311" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H311" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C312">
         <v>47</v>
       </c>
       <c r="D312" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E312" t="s">
-        <v>487</v>
+        <v>305</v>
       </c>
       <c r="F312" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G312" t="s">
         <v>66</v>
       </c>
       <c r="H312" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
         <v>488</v>
       </c>
       <c r="C313">
         <v>47</v>
       </c>
       <c r="D313" t="s">
         <v>53</v>
       </c>
       <c r="E313" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="F313" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G313" t="s">
-        <v>66</v>
+        <v>489</v>
       </c>
       <c r="H313" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C314">
         <v>47</v>
       </c>
       <c r="D314" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E314" t="s">
-        <v>302</v>
+        <v>446</v>
       </c>
       <c r="F314" t="s">
-        <v>239</v>
+        <v>473</v>
       </c>
       <c r="G314" t="s">
         <v>66</v>
       </c>
       <c r="H314" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C315">
         <v>47</v>
       </c>
       <c r="D315" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="E315" t="s">
-        <v>177</v>
+        <v>127</v>
       </c>
       <c r="F315" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G315" t="s">
-        <v>491</v>
+        <v>66</v>
       </c>
       <c r="H315" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
         <v>492</v>
       </c>
       <c r="C316">
         <v>47</v>
       </c>
       <c r="D316" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E316" t="s">
-        <v>444</v>
+        <v>305</v>
       </c>
       <c r="F316" t="s">
-        <v>369</v>
+        <v>243</v>
       </c>
       <c r="G316" t="s">
         <v>66</v>
       </c>
       <c r="H316" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
         <v>493</v>
       </c>
       <c r="C317">
         <v>47</v>
       </c>
       <c r="D317" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E317" t="s">
-        <v>128</v>
+        <v>467</v>
       </c>
       <c r="F317" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G317" t="s">
         <v>66</v>
       </c>
       <c r="H317" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
         <v>494</v>
       </c>
       <c r="C318">
         <v>47</v>
       </c>
       <c r="D318" t="s">
-        <v>273</v>
+        <v>9</v>
       </c>
       <c r="E318" t="s">
-        <v>302</v>
+        <v>34</v>
       </c>
       <c r="F318" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="G318" t="s">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="H318" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
         <v>495</v>
       </c>
       <c r="C319">
         <v>47</v>
       </c>
       <c r="D319" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E319" t="s">
-        <v>467</v>
+        <v>425</v>
       </c>
       <c r="F319" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G319" t="s">
         <v>66</v>
       </c>
       <c r="H319" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
         <v>496</v>
       </c>
       <c r="C320">
         <v>47</v>
       </c>
       <c r="D320" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="E320" t="s">
-        <v>34</v>
+        <v>139</v>
       </c>
       <c r="F320" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G320" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="H320" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>497</v>
       </c>
       <c r="C321">
         <v>47</v>
       </c>
       <c r="D321" t="s">
-        <v>273</v>
+        <v>148</v>
       </c>
       <c r="E321" t="s">
-        <v>423</v>
+        <v>403</v>
       </c>
       <c r="F321" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G321" t="s">
         <v>66</v>
       </c>
       <c r="H321" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
         <v>498</v>
       </c>
       <c r="C322">
         <v>47</v>
       </c>
       <c r="D322" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E322" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="F322" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G322" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="H322" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
         <v>499</v>
       </c>
       <c r="C323">
         <v>47</v>
       </c>
       <c r="D323" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="E323" t="s">
-        <v>401</v>
+        <v>446</v>
       </c>
       <c r="F323" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G323" t="s">
         <v>66</v>
       </c>
       <c r="H323" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
         <v>500</v>
       </c>
       <c r="C324">
         <v>47</v>
       </c>
       <c r="D324" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="E324" t="s">
-        <v>93</v>
+        <v>356</v>
       </c>
       <c r="F324" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G324" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="H324" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>501</v>
       </c>
       <c r="C325">
         <v>47</v>
       </c>
       <c r="D325" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
       <c r="E325" t="s">
-        <v>444</v>
+        <v>97</v>
       </c>
       <c r="F325" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G325" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H325" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>502</v>
       </c>
       <c r="C326">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D326" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E326" t="s">
-        <v>353</v>
+        <v>236</v>
       </c>
       <c r="F326" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="G326" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H326" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
         <v>503</v>
       </c>
       <c r="C327">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D327" t="s">
-        <v>42</v>
+        <v>156</v>
       </c>
       <c r="E327" t="s">
-        <v>97</v>
+        <v>262</v>
       </c>
       <c r="F327" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G327" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H327" t="s">
-        <v>58</v>
+        <v>504</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C328">
         <v>46</v>
       </c>
       <c r="D328" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="E328" t="s">
-        <v>232</v>
+        <v>356</v>
       </c>
       <c r="F328" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G328" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="H328" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C329">
         <v>46</v>
       </c>
       <c r="D329" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="E329" t="s">
-        <v>259</v>
+        <v>403</v>
       </c>
       <c r="F329" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G329" t="s">
         <v>66</v>
       </c>
       <c r="H329" t="s">
-        <v>506</v>
+        <v>58</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
         <v>507</v>
       </c>
       <c r="C330">
         <v>46</v>
       </c>
       <c r="D330" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="E330" t="s">
-        <v>353</v>
+        <v>308</v>
       </c>
       <c r="F330" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G330" t="s">
-        <v>124</v>
+        <v>57</v>
       </c>
       <c r="H330" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
         <v>508</v>
       </c>
       <c r="C331">
         <v>46</v>
       </c>
       <c r="D331" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="E331" t="s">
-        <v>401</v>
+        <v>446</v>
       </c>
       <c r="F331" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G331" t="s">
         <v>66</v>
       </c>
       <c r="H331" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
         <v>509</v>
       </c>
       <c r="C332">
         <v>46</v>
       </c>
       <c r="D332" t="s">
         <v>102</v>
       </c>
       <c r="E332" t="s">
-        <v>305</v>
+        <v>103</v>
       </c>
       <c r="F332" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G332" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H332" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
         <v>510</v>
       </c>
       <c r="C333">
         <v>46</v>
       </c>
       <c r="D333" t="s">
-        <v>273</v>
+        <v>102</v>
       </c>
       <c r="E333" t="s">
-        <v>444</v>
+        <v>511</v>
       </c>
       <c r="F333" t="s">
-        <v>239</v>
+        <v>50</v>
       </c>
       <c r="G333" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H333" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C334">
         <v>46</v>
       </c>
       <c r="D334" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E334" t="s">
-        <v>103</v>
+        <v>340</v>
       </c>
       <c r="F334" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G334" t="s">
         <v>18</v>
       </c>
       <c r="H334" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C335">
         <v>46</v>
       </c>
       <c r="D335" t="s">
         <v>102</v>
       </c>
       <c r="E335" t="s">
-        <v>513</v>
+        <v>303</v>
       </c>
       <c r="F335" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G335" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H335" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
         <v>514</v>
       </c>
       <c r="C336">
         <v>46</v>
       </c>
       <c r="D336" t="s">
-        <v>273</v>
+        <v>9</v>
       </c>
       <c r="E336" t="s">
-        <v>337</v>
+        <v>49</v>
       </c>
       <c r="F336" t="s">
-        <v>239</v>
+        <v>50</v>
       </c>
       <c r="G336" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H336" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
         <v>515</v>
       </c>
       <c r="C337">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D337" t="s">
         <v>102</v>
       </c>
       <c r="E337" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F337" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G337" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H337" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
         <v>516</v>
       </c>
       <c r="C338">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D338" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E338" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="F338" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G338" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="H338" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
         <v>517</v>
       </c>
       <c r="C339">
         <v>45</v>
       </c>
       <c r="D339" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E339" t="s">
-        <v>300</v>
+        <v>462</v>
       </c>
       <c r="F339" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G339" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H339" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
         <v>518</v>
       </c>
       <c r="C340">
         <v>45</v>
       </c>
       <c r="D340" t="s">
         <v>25</v>
       </c>
       <c r="E340" t="s">
-        <v>26</v>
+        <v>236</v>
       </c>
       <c r="F340" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G340" t="s">
-        <v>66</v>
+        <v>519</v>
       </c>
       <c r="H340" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C341">
         <v>45</v>
       </c>
       <c r="D341" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E341" t="s">
-        <v>462</v>
+        <v>340</v>
       </c>
       <c r="F341" t="s">
-        <v>239</v>
+        <v>306</v>
       </c>
       <c r="G341" t="s">
         <v>66</v>
       </c>
       <c r="H341" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C342">
         <v>45</v>
       </c>
       <c r="D342" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E342" t="s">
-        <v>232</v>
+        <v>467</v>
       </c>
       <c r="F342" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="G342" t="s">
-        <v>521</v>
+        <v>146</v>
       </c>
       <c r="H342" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
         <v>522</v>
       </c>
       <c r="C343">
         <v>45</v>
       </c>
       <c r="D343" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
       <c r="E343" t="s">
-        <v>337</v>
+        <v>97</v>
       </c>
       <c r="F343" t="s">
-        <v>303</v>
+        <v>17</v>
       </c>
       <c r="G343" t="s">
         <v>66</v>
       </c>
       <c r="H343" t="s">
-        <v>58</v>
+        <v>523</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C344">
         <v>45</v>
       </c>
       <c r="D344" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E344" t="s">
-        <v>467</v>
+        <v>425</v>
       </c>
       <c r="F344" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="G344" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="H344" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C345">
         <v>45</v>
       </c>
       <c r="D345" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E345" t="s">
-        <v>97</v>
+        <v>485</v>
       </c>
       <c r="F345" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="G345" t="s">
         <v>66</v>
       </c>
       <c r="H345" t="s">
-        <v>525</v>
+        <v>58</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
         <v>526</v>
       </c>
       <c r="C346">
         <v>45</v>
       </c>
       <c r="D346" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E346" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F346" t="s">
-        <v>303</v>
+        <v>243</v>
       </c>
       <c r="G346" t="s">
         <v>66</v>
       </c>
       <c r="H346" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
         <v>527</v>
       </c>
       <c r="C347">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D347" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E347" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="F347" t="s">
-        <v>528</v>
+        <v>243</v>
       </c>
       <c r="G347" t="s">
         <v>66</v>
       </c>
       <c r="H347" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C348">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D348" t="s">
-        <v>273</v>
+        <v>102</v>
       </c>
       <c r="E348" t="s">
-        <v>423</v>
+        <v>221</v>
       </c>
       <c r="F348" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G348" t="s">
         <v>66</v>
       </c>
       <c r="H348" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C349">
         <v>44</v>
       </c>
       <c r="D349" t="s">
-        <v>273</v>
+        <v>9</v>
       </c>
       <c r="E349" t="s">
-        <v>487</v>
+        <v>10</v>
       </c>
       <c r="F349" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="G349" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H349" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C350">
         <v>44</v>
       </c>
       <c r="D350" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="E350" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
       <c r="F350" t="s">
         <v>65</v>
       </c>
       <c r="G350" t="s">
         <v>66</v>
       </c>
       <c r="H350" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="C351">
         <v>44</v>
       </c>
       <c r="D351" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="E351" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="F351" t="s">
         <v>17</v>
       </c>
       <c r="G351" t="s">
-        <v>124</v>
+        <v>18</v>
       </c>
       <c r="H351" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
+        <v>532</v>
+      </c>
+      <c r="C352">
+        <v>43</v>
+      </c>
+      <c r="D352" t="s">
+        <v>37</v>
+      </c>
+      <c r="E352" t="s">
         <v>533</v>
       </c>
-      <c r="C352">
-[...7 lines deleted...]
-      </c>
       <c r="F352" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="G352" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H352" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
         <v>534</v>
       </c>
       <c r="C353">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D353" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E353" t="s">
-        <v>54</v>
+        <v>467</v>
       </c>
       <c r="F353" t="s">
-        <v>17</v>
+        <v>473</v>
       </c>
       <c r="G353" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H353" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
         <v>535</v>
       </c>
       <c r="C354">
         <v>43</v>
       </c>
       <c r="D354" t="s">
-        <v>37</v>
+        <v>276</v>
       </c>
       <c r="E354" t="s">
-        <v>536</v>
+        <v>485</v>
       </c>
       <c r="F354" t="s">
-        <v>51</v>
+        <v>243</v>
       </c>
       <c r="G354" t="s">
         <v>18</v>
       </c>
       <c r="H354" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C355">
         <v>43</v>
       </c>
       <c r="D355" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E355" t="s">
-        <v>467</v>
+        <v>425</v>
       </c>
       <c r="F355" t="s">
-        <v>369</v>
+        <v>243</v>
       </c>
       <c r="G355" t="s">
         <v>66</v>
       </c>
       <c r="H355" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C356">
         <v>43</v>
       </c>
       <c r="D356" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E356" t="s">
-        <v>487</v>
+        <v>425</v>
       </c>
       <c r="F356" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G356" t="s">
         <v>18</v>
       </c>
       <c r="H356" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C357">
         <v>43</v>
       </c>
       <c r="D357" t="s">
-        <v>273</v>
+        <v>63</v>
       </c>
       <c r="E357" t="s">
-        <v>423</v>
+        <v>356</v>
       </c>
       <c r="F357" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="G357" t="s">
-        <v>66</v>
+        <v>476</v>
       </c>
       <c r="H357" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="C358">
         <v>43</v>
       </c>
       <c r="D358" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E358" t="s">
-        <v>423</v>
+        <v>540</v>
       </c>
       <c r="F358" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G358" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H358" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
         <v>541</v>
       </c>
       <c r="C359">
         <v>43</v>
       </c>
       <c r="D359" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="E359" t="s">
-        <v>353</v>
+        <v>542</v>
       </c>
       <c r="F359" t="s">
         <v>17</v>
       </c>
       <c r="G359" t="s">
-        <v>475</v>
+        <v>18</v>
       </c>
       <c r="H359" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C360">
         <v>43</v>
       </c>
       <c r="D360" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E360" t="s">
-        <v>543</v>
+        <v>462</v>
       </c>
       <c r="F360" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G360" t="s">
         <v>66</v>
       </c>
       <c r="H360" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>544</v>
       </c>
       <c r="C361">
         <v>43</v>
       </c>
       <c r="D361" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="E361" t="s">
-        <v>545</v>
+        <v>221</v>
       </c>
       <c r="F361" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G361" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H361" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="C362">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D362" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E362" t="s">
-        <v>462</v>
+        <v>305</v>
       </c>
       <c r="F362" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G362" t="s">
         <v>66</v>
       </c>
       <c r="H362" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C363">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D363" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="E363" t="s">
-        <v>161</v>
+        <v>262</v>
       </c>
       <c r="F363" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G363" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H363" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="C364">
         <v>42</v>
       </c>
       <c r="D364" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E364" t="s">
-        <v>302</v>
+        <v>485</v>
       </c>
       <c r="F364" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G364" t="s">
         <v>66</v>
       </c>
       <c r="H364" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C365">
         <v>42</v>
       </c>
       <c r="D365" t="s">
-        <v>157</v>
+        <v>25</v>
       </c>
       <c r="E365" t="s">
-        <v>259</v>
+        <v>26</v>
       </c>
       <c r="F365" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G365" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H365" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C366">
         <v>42</v>
       </c>
       <c r="D366" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E366" t="s">
-        <v>487</v>
+        <v>340</v>
       </c>
       <c r="F366" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G366" t="s">
         <v>66</v>
       </c>
       <c r="H366" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C367">
         <v>42</v>
       </c>
       <c r="D367" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E367" t="s">
-        <v>26</v>
+        <v>446</v>
       </c>
       <c r="F367" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="G367" t="s">
         <v>66</v>
       </c>
       <c r="H367" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C368">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D368" t="s">
-        <v>273</v>
+        <v>102</v>
       </c>
       <c r="E368" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
       <c r="F368" t="s">
-        <v>239</v>
+        <v>50</v>
       </c>
       <c r="G368" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="H368" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C369">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D369" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="E369" t="s">
-        <v>444</v>
+        <v>160</v>
       </c>
       <c r="F369" t="s">
-        <v>303</v>
+        <v>224</v>
       </c>
       <c r="G369" t="s">
         <v>66</v>
       </c>
       <c r="H369" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="C370">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D370" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E370" t="s">
-        <v>103</v>
+        <v>133</v>
       </c>
       <c r="F370" t="s">
         <v>50</v>
       </c>
       <c r="G370" t="s">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="H370" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
+        <v>554</v>
+      </c>
+      <c r="C371">
+        <v>31</v>
+      </c>
+      <c r="D371" t="s">
+        <v>132</v>
+      </c>
+      <c r="E371" t="s">
+        <v>542</v>
+      </c>
+      <c r="F371" t="s">
+        <v>11</v>
+      </c>
+      <c r="G371" t="s">
         <v>555</v>
       </c>
-      <c r="C371">
-[...13 lines deleted...]
-      </c>
       <c r="H371" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="C372">
         <v>31</v>
       </c>
       <c r="D372" t="s">
+        <v>132</v>
+      </c>
+      <c r="E372" t="s">
         <v>133</v>
       </c>
-      <c r="E372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F372" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G372" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H372" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
+        <v>557</v>
+      </c>
+      <c r="C373">
+        <v>29</v>
+      </c>
+      <c r="D373" t="s">
+        <v>132</v>
+      </c>
+      <c r="E373" t="s">
+        <v>166</v>
+      </c>
+      <c r="F373" t="s">
+        <v>17</v>
+      </c>
+      <c r="G373" t="s">
+        <v>18</v>
+      </c>
+      <c r="H373" t="s">
         <v>558</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="C374">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D374" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E374" t="s">
-        <v>134</v>
+        <v>166</v>
       </c>
       <c r="F374" t="s">
-        <v>17</v>
+        <v>473</v>
       </c>
       <c r="G374" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="H374" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
+        <v>560</v>
+      </c>
+      <c r="C375">
+        <v>21</v>
+      </c>
+      <c r="D375" t="s">
+        <v>37</v>
+      </c>
+      <c r="E375" t="s">
+        <v>533</v>
+      </c>
+      <c r="F375" t="s">
         <v>561</v>
       </c>
-      <c r="C375">
-[...10 lines deleted...]
-      </c>
       <c r="G375" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="H375" t="s">
-        <v>562</v>
+        <v>58</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C376">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D376" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E376" t="s">
-        <v>167</v>
+        <v>542</v>
       </c>
       <c r="F376" t="s">
-        <v>369</v>
+        <v>65</v>
       </c>
       <c r="G376" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="H376" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C377">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D377" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="E377" t="s">
-        <v>536</v>
+        <v>133</v>
       </c>
       <c r="F377" t="s">
-        <v>565</v>
+        <v>65</v>
       </c>
       <c r="G377" t="s">
-        <v>241</v>
+        <v>66</v>
       </c>
       <c r="H377" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="C378">
         <v>15</v>
       </c>
       <c r="D378" t="s">
+        <v>132</v>
+      </c>
+      <c r="E378" t="s">
         <v>133</v>
       </c>
-      <c r="E378" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F378" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G378" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H378" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C379">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D379" t="s">
+        <v>132</v>
+      </c>
+      <c r="E379" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F379" t="s">
         <v>65</v>
       </c>
       <c r="G379" t="s">
         <v>66</v>
       </c>
       <c r="H379" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C380">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D380" t="s">
-        <v>133</v>
+        <v>71</v>
       </c>
       <c r="E380" t="s">
-        <v>134</v>
+        <v>112</v>
       </c>
       <c r="F380" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G380" t="s">
-        <v>18</v>
+        <v>567</v>
       </c>
       <c r="H380" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="C381">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D381" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E381" t="s">
-        <v>134</v>
+        <v>542</v>
       </c>
       <c r="F381" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G381" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="H381" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="C382">
         <v>10</v>
       </c>
       <c r="D382" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="E382" t="s">
-        <v>113</v>
+        <v>272</v>
       </c>
       <c r="F382" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G382" t="s">
-        <v>571</v>
+        <v>18</v>
       </c>
       <c r="H382" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C383">
         <v>10</v>
       </c>
       <c r="D383" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="E383" t="s">
-        <v>545</v>
+        <v>221</v>
       </c>
       <c r="F383" t="s">
         <v>17</v>
       </c>
       <c r="G383" t="s">
-        <v>81</v>
+        <v>571</v>
       </c>
       <c r="H383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="C384">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D384" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E384" t="s">
-        <v>269</v>
+        <v>166</v>
       </c>
       <c r="F384" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G384" t="s">
         <v>18</v>
       </c>
       <c r="H384" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
+        <v>573</v>
+      </c>
+      <c r="C385">
+        <v>5</v>
+      </c>
+      <c r="D385" t="s">
+        <v>276</v>
+      </c>
+      <c r="E385" t="s">
+        <v>462</v>
+      </c>
+      <c r="F385" t="s">
         <v>574</v>
       </c>
-      <c r="C385">
-[...10 lines deleted...]
-      </c>
       <c r="G385" t="s">
-        <v>575</v>
+        <v>66</v>
       </c>
       <c r="H385" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="C386">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D386" t="s">
-        <v>133</v>
+        <v>276</v>
       </c>
       <c r="E386" t="s">
-        <v>167</v>
+        <v>485</v>
       </c>
       <c r="F386" t="s">
-        <v>11</v>
+        <v>243</v>
       </c>
       <c r="G386" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="H386" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="C387">
         <v>5</v>
       </c>
       <c r="D387" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E387" t="s">
-        <v>462</v>
+        <v>425</v>
       </c>
       <c r="F387" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="G387" t="s">
         <v>66</v>
       </c>
       <c r="H387" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="C388">
         <v>5</v>
       </c>
       <c r="D388" t="s">
-        <v>273</v>
+        <v>156</v>
       </c>
       <c r="E388" t="s">
-        <v>487</v>
+        <v>234</v>
       </c>
       <c r="F388" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G388" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H388" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="C389">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D389" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E389" t="s">
-        <v>210</v>
+        <v>133</v>
       </c>
       <c r="F389" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G389" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H389" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
+        <v>580</v>
+      </c>
+      <c r="C390">
+        <v>2</v>
+      </c>
+      <c r="D390" t="s">
+        <v>132</v>
+      </c>
+      <c r="E390" t="s">
+        <v>153</v>
+      </c>
+      <c r="F390" t="s">
+        <v>17</v>
+      </c>
+      <c r="G390" t="s">
         <v>581</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H390" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>582</v>
       </c>
       <c r="C391">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D391" t="s">
-        <v>157</v>
+        <v>102</v>
       </c>
       <c r="E391" t="s">
-        <v>230</v>
+        <v>308</v>
       </c>
       <c r="F391" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G391" t="s">
-        <v>66</v>
+        <v>583</v>
       </c>
       <c r="H391" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C392">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D392" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="E392" t="s">
-        <v>134</v>
+        <v>533</v>
       </c>
       <c r="F392" t="s">
-        <v>17</v>
+        <v>585</v>
       </c>
       <c r="G392" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H392" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C393">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D393" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="E393" t="s">
-        <v>154</v>
+        <v>308</v>
       </c>
       <c r="F393" t="s">
         <v>17</v>
       </c>
       <c r="G393" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="H393" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C394">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D394" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="E394" t="s">
-        <v>305</v>
+        <v>54</v>
       </c>
       <c r="F394" t="s">
         <v>17</v>
       </c>
       <c r="G394" t="s">
-        <v>587</v>
+        <v>18</v>
       </c>
       <c r="H394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C395">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D395" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="E395" t="s">
-        <v>536</v>
+        <v>303</v>
       </c>
       <c r="F395" t="s">
-        <v>589</v>
+        <v>17</v>
       </c>
       <c r="G395" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H395" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>590</v>
       </c>
       <c r="C396">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D396" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E396" t="s">
-        <v>305</v>
+        <v>462</v>
       </c>
       <c r="F396" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G396" t="s">
-        <v>591</v>
+        <v>66</v>
       </c>
       <c r="H396" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="C397">
         <v>0</v>
       </c>
       <c r="D397" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="E397" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="F397" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G397" t="s">
-        <v>18</v>
+        <v>592</v>
       </c>
       <c r="H397" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>593</v>
       </c>
       <c r="C398">
         <v>0</v>
       </c>
       <c r="D398" t="s">
         <v>53</v>
       </c>
       <c r="E398" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="F398" t="s">
-        <v>454</v>
+        <v>17</v>
       </c>
       <c r="G398" t="s">
-        <v>66</v>
+        <v>594</v>
       </c>
       <c r="H398" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C399">
         <v>0</v>
       </c>
       <c r="D399" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="E399" t="s">
-        <v>300</v>
+        <v>356</v>
       </c>
       <c r="F399" t="s">
         <v>17</v>
       </c>
       <c r="G399" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="H399" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C400">
         <v>0</v>
       </c>
       <c r="D400" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="E400" t="s">
-        <v>462</v>
+        <v>597</v>
       </c>
       <c r="F400" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="G400" t="s">
         <v>66</v>
       </c>
       <c r="H400" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C401">
         <v>0</v>
       </c>
       <c r="D401" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E401" t="s">
-        <v>210</v>
+        <v>425</v>
       </c>
       <c r="F401" t="s">
-        <v>454</v>
+        <v>577</v>
       </c>
       <c r="G401" t="s">
         <v>66</v>
       </c>
       <c r="H401" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C402">
         <v>0</v>
       </c>
       <c r="D402" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
       <c r="E402" t="s">
-        <v>10</v>
+        <v>277</v>
       </c>
       <c r="F402" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G402" t="s">
-        <v>598</v>
+        <v>66</v>
       </c>
       <c r="H402" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C403">
         <v>0</v>
       </c>
       <c r="D403" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E403" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="F403" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G403" t="s">
-        <v>600</v>
+        <v>66</v>
       </c>
       <c r="H403" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
         <v>601</v>
       </c>
       <c r="C404">
         <v>0</v>
       </c>
       <c r="D404" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="E404" t="s">
-        <v>353</v>
+        <v>262</v>
       </c>
       <c r="F404" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G404" t="s">
-        <v>124</v>
+        <v>602</v>
       </c>
       <c r="H404" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C405">
         <v>0</v>
       </c>
       <c r="D405" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E405" t="s">
-        <v>177</v>
+        <v>604</v>
       </c>
       <c r="F405" t="s">
-        <v>454</v>
+        <v>605</v>
       </c>
       <c r="G405" t="s">
         <v>66</v>
       </c>
       <c r="H405" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C406">
         <v>0</v>
       </c>
       <c r="D406" t="s">
-        <v>133</v>
+        <v>276</v>
       </c>
       <c r="E406" t="s">
-        <v>604</v>
+        <v>425</v>
       </c>
       <c r="F406" t="s">
-        <v>605</v>
+        <v>243</v>
       </c>
       <c r="G406" t="s">
         <v>66</v>
       </c>
       <c r="H406" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C407">
         <v>0</v>
       </c>
       <c r="D407" t="s">
-        <v>273</v>
+        <v>15</v>
       </c>
       <c r="E407" t="s">
-        <v>423</v>
+        <v>16</v>
       </c>
       <c r="F407" t="s">
-        <v>454</v>
+        <v>243</v>
       </c>
       <c r="G407" t="s">
         <v>66</v>
       </c>
       <c r="H407" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C408">
         <v>0</v>
       </c>
       <c r="D408" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E408" t="s">
-        <v>274</v>
+        <v>340</v>
       </c>
       <c r="F408" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G408" t="s">
         <v>66</v>
       </c>
       <c r="H408" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C409">
         <v>0</v>
       </c>
       <c r="D409" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E409" t="s">
-        <v>185</v>
+        <v>272</v>
       </c>
       <c r="F409" t="s">
-        <v>454</v>
+        <v>65</v>
       </c>
       <c r="G409" t="s">
         <v>66</v>
       </c>
       <c r="H409" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C410">
         <v>0</v>
       </c>
       <c r="D410" t="s">
-        <v>133</v>
+        <v>276</v>
       </c>
       <c r="E410" t="s">
-        <v>154</v>
+        <v>305</v>
       </c>
       <c r="F410" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G410" t="s">
         <v>66</v>
       </c>
       <c r="H410" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C411">
         <v>0</v>
       </c>
       <c r="D411" t="s">
-        <v>53</v>
+        <v>148</v>
       </c>
       <c r="E411" t="s">
-        <v>210</v>
+        <v>403</v>
       </c>
       <c r="F411" t="s">
-        <v>454</v>
+        <v>50</v>
       </c>
       <c r="G411" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="H411" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C412">
         <v>0</v>
       </c>
       <c r="D412" t="s">
-        <v>157</v>
+        <v>102</v>
       </c>
       <c r="E412" t="s">
-        <v>259</v>
+        <v>303</v>
       </c>
       <c r="F412" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G412" t="s">
-        <v>612</v>
+        <v>66</v>
       </c>
       <c r="H412" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
         <v>613</v>
       </c>
       <c r="C413">
         <v>0</v>
       </c>
       <c r="D413" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="E413" t="s">
-        <v>614</v>
+        <v>234</v>
       </c>
       <c r="F413" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G413" t="s">
-        <v>66</v>
+        <v>257</v>
       </c>
       <c r="H413" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="C414">
         <v>0</v>
       </c>
       <c r="D414" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E414" t="s">
-        <v>423</v>
+        <v>462</v>
       </c>
       <c r="F414" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G414" t="s">
         <v>66</v>
       </c>
       <c r="H414" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="C415">
         <v>0</v>
       </c>
       <c r="D415" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="E415" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="F415" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G415" t="s">
         <v>66</v>
       </c>
       <c r="H415" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="C416">
         <v>0</v>
       </c>
       <c r="D416" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="E416" t="s">
-        <v>337</v>
+        <v>597</v>
       </c>
       <c r="F416" t="s">
-        <v>239</v>
+        <v>605</v>
       </c>
       <c r="G416" t="s">
         <v>66</v>
       </c>
       <c r="H416" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="C417">
         <v>0</v>
       </c>
       <c r="D417" t="s">
-        <v>133</v>
+        <v>46</v>
       </c>
       <c r="E417" t="s">
-        <v>269</v>
+        <v>86</v>
       </c>
       <c r="F417" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G417" t="s">
         <v>66</v>
       </c>
       <c r="H417" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="C418">
         <v>0</v>
       </c>
       <c r="D418" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E418" t="s">
-        <v>302</v>
+        <v>467</v>
       </c>
       <c r="F418" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G418" t="s">
         <v>66</v>
       </c>
       <c r="H418" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="C419">
         <v>0</v>
       </c>
       <c r="D419" t="s">
-        <v>149</v>
+        <v>102</v>
       </c>
       <c r="E419" t="s">
-        <v>401</v>
+        <v>308</v>
       </c>
       <c r="F419" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G419" t="s">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="H419" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="C420">
         <v>0</v>
       </c>
       <c r="D420" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E420" t="s">
-        <v>300</v>
+        <v>43</v>
       </c>
       <c r="F420" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G420" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H420" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="C421">
         <v>0</v>
       </c>
       <c r="D421" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="E421" t="s">
-        <v>230</v>
+        <v>153</v>
       </c>
       <c r="F421" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G421" t="s">
-        <v>241</v>
+        <v>66</v>
       </c>
       <c r="H421" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C422">
         <v>0</v>
       </c>
       <c r="D422" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="E422" t="s">
-        <v>462</v>
+        <v>623</v>
       </c>
       <c r="F422" t="s">
-        <v>239</v>
+        <v>180</v>
       </c>
       <c r="G422" t="s">
         <v>66</v>
       </c>
       <c r="H422" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
         <v>624</v>
       </c>
       <c r="C423">
         <v>0</v>
       </c>
       <c r="D423" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E423" t="s">
-        <v>300</v>
+        <v>153</v>
       </c>
       <c r="F423" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G423" t="s">
         <v>66</v>
       </c>
       <c r="H423" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>625</v>
       </c>
       <c r="C424">
         <v>0</v>
       </c>
       <c r="D424" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E424" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="F424" t="s">
-        <v>481</v>
+        <v>605</v>
       </c>
       <c r="G424" t="s">
         <v>66</v>
       </c>
       <c r="H424" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>626</v>
       </c>
       <c r="C425">
         <v>0</v>
       </c>
       <c r="D425" t="s">
-        <v>46</v>
+        <v>276</v>
       </c>
       <c r="E425" t="s">
-        <v>86</v>
+        <v>467</v>
       </c>
       <c r="F425" t="s">
-        <v>239</v>
+        <v>627</v>
       </c>
       <c r="G425" t="s">
         <v>66</v>
       </c>
       <c r="H425" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C426">
         <v>0</v>
       </c>
       <c r="D426" t="s">
-        <v>273</v>
+        <v>37</v>
       </c>
       <c r="E426" t="s">
-        <v>467</v>
+        <v>106</v>
       </c>
       <c r="F426" t="s">
-        <v>239</v>
+        <v>585</v>
       </c>
       <c r="G426" t="s">
         <v>66</v>
       </c>
       <c r="H426" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C427">
         <v>0</v>
       </c>
       <c r="D427" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E427" t="s">
-        <v>305</v>
+        <v>604</v>
       </c>
       <c r="F427" t="s">
-        <v>65</v>
+        <v>605</v>
       </c>
       <c r="G427" t="s">
         <v>66</v>
       </c>
       <c r="H427" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C428">
         <v>0</v>
       </c>
       <c r="D428" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="E428" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="F428" t="s">
         <v>17</v>
       </c>
       <c r="G428" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C429">
         <v>0</v>
       </c>
       <c r="D429" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="E429" t="s">
-        <v>154</v>
+        <v>234</v>
       </c>
       <c r="F429" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G429" t="s">
         <v>66</v>
       </c>
       <c r="H429" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C430">
         <v>0</v>
       </c>
       <c r="D430" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E430" t="s">
-        <v>632</v>
+        <v>166</v>
       </c>
       <c r="F430" t="s">
-        <v>181</v>
+        <v>65</v>
       </c>
       <c r="G430" t="s">
-        <v>66</v>
+        <v>633</v>
       </c>
       <c r="H430" t="s">
-        <v>58</v>
+        <v>634</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C431">
         <v>0</v>
       </c>
       <c r="D431" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E431" t="s">
-        <v>154</v>
+        <v>636</v>
       </c>
       <c r="F431" t="s">
-        <v>65</v>
+        <v>637</v>
       </c>
       <c r="G431" t="s">
         <v>66</v>
       </c>
       <c r="H431" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C432">
         <v>0</v>
       </c>
       <c r="D432" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E432" t="s">
-        <v>604</v>
+        <v>636</v>
       </c>
       <c r="F432" t="s">
-        <v>481</v>
+        <v>639</v>
       </c>
       <c r="G432" t="s">
         <v>66</v>
       </c>
       <c r="H432" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C433">
         <v>0</v>
       </c>
       <c r="D433" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="E433" t="s">
-        <v>467</v>
+        <v>166</v>
       </c>
       <c r="F433" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="G433" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H433" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C434">
         <v>0</v>
       </c>
       <c r="D434" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="E434" t="s">
-        <v>106</v>
+        <v>604</v>
       </c>
       <c r="F434" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="G434" t="s">
         <v>66</v>
       </c>
       <c r="H434" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C435">
         <v>0</v>
       </c>
       <c r="D435" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="E435" t="s">
-        <v>614</v>
+        <v>308</v>
       </c>
       <c r="F435" t="s">
-        <v>481</v>
+        <v>17</v>
       </c>
       <c r="G435" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H435" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C436">
         <v>0</v>
       </c>
       <c r="D436" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E436" t="s">
-        <v>154</v>
+        <v>636</v>
       </c>
       <c r="F436" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="G436" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="H436" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C437">
         <v>0</v>
       </c>
       <c r="D437" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
       <c r="E437" t="s">
-        <v>230</v>
+        <v>176</v>
       </c>
       <c r="F437" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="G437" t="s">
         <v>66</v>
       </c>
       <c r="H437" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C438">
         <v>0</v>
       </c>
       <c r="D438" t="s">
-        <v>133</v>
+        <v>189</v>
       </c>
       <c r="E438" t="s">
-        <v>167</v>
+        <v>431</v>
       </c>
       <c r="F438" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G438" t="s">
-        <v>642</v>
+        <v>257</v>
       </c>
       <c r="H438" t="s">
-        <v>643</v>
+        <v>58</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C439">
         <v>0</v>
       </c>
       <c r="D439" t="s">
-        <v>133</v>
+        <v>276</v>
       </c>
       <c r="E439" t="s">
-        <v>645</v>
+        <v>305</v>
       </c>
       <c r="F439" t="s">
-        <v>646</v>
+        <v>243</v>
       </c>
       <c r="G439" t="s">
         <v>66</v>
       </c>
       <c r="H439" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
         <v>647</v>
       </c>
       <c r="C440">
         <v>0</v>
       </c>
       <c r="D440" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E440" t="s">
-        <v>645</v>
+        <v>272</v>
       </c>
       <c r="F440" t="s">
+        <v>65</v>
+      </c>
+      <c r="G440" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H440" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
         <v>649</v>
       </c>
       <c r="C441">
         <v>0</v>
       </c>
       <c r="D441" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E441" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F441" t="s">
         <v>17</v>
       </c>
       <c r="G441" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="H441" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
         <v>650</v>
       </c>
       <c r="C442">
         <v>0</v>
       </c>
       <c r="D442" t="s">
-        <v>133</v>
+        <v>63</v>
       </c>
       <c r="E442" t="s">
-        <v>614</v>
+        <v>356</v>
       </c>
       <c r="F442" t="s">
-        <v>481</v>
+        <v>11</v>
       </c>
       <c r="G442" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="H442" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>651</v>
       </c>
       <c r="C443">
         <v>0</v>
       </c>
       <c r="D443" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="E443" t="s">
-        <v>305</v>
+        <v>652</v>
       </c>
       <c r="F443" t="s">
-        <v>17</v>
+        <v>585</v>
       </c>
       <c r="G443" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H443" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C444">
         <v>0</v>
       </c>
       <c r="D444" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E444" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="F444" t="s">
-        <v>605</v>
+        <v>655</v>
       </c>
       <c r="G444" t="s">
         <v>66</v>
       </c>
       <c r="H444" t="s">
-        <v>58</v>
-[...206 lines deleted...]
-      <c r="H452" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>