--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="656">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="660">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -908,50 +908,56 @@
   <si>
     <t>Пітенко Сергій Леонідович</t>
   </si>
   <si>
     <t>Заверуха Олена Леонідівна</t>
   </si>
   <si>
     <t>Іващенко Вікторія Людвігівна</t>
   </si>
   <si>
     <t>Абрамов Вадим Олексійович</t>
   </si>
   <si>
     <t>Васечко Людмила Іванівна</t>
   </si>
   <si>
     <t>Москалець Олена Олександрівна</t>
   </si>
   <si>
     <t>Спасітєлєва Світлана Олексіївна</t>
   </si>
   <si>
     <t>Грицеляк Богдан Ігорович</t>
   </si>
   <si>
+    <t>Палійчук Еліна Олександрівна</t>
+  </si>
+  <si>
+    <t>Доцент кафедри лінгвістики та перекладу</t>
+  </si>
+  <si>
     <t>Петрухан-Щербакова Людмила Юріївна</t>
   </si>
   <si>
     <t>Кандидат педагогічних наук (13.00.05)</t>
   </si>
   <si>
     <t>Платоненко Артем Вадимович</t>
   </si>
   <si>
     <t>Дружененко Раїса Сергіївна</t>
   </si>
   <si>
     <t>Зверева Марина Анатоліївна</t>
   </si>
   <si>
     <t>Кафедра романської філології</t>
   </si>
   <si>
     <t>Глухенька Людмила Миколаївна</t>
   </si>
   <si>
     <t>ЦК природничих дисциплін</t>
   </si>
   <si>
     <t>Голова циклової комісії</t>
@@ -1487,50 +1493,53 @@
   <si>
     <t>Баранова Наталя Валеріївна</t>
   </si>
   <si>
     <t>Березовська Майя Григорівна</t>
   </si>
   <si>
     <t>ЦК суспільних дисциплін і правознавства</t>
   </si>
   <si>
     <t>Бутенко Тетяна Максимівна</t>
   </si>
   <si>
     <t>Варда Наталія Анатоліївна</t>
   </si>
   <si>
     <t>Гумінюк Станіслав Павлович</t>
   </si>
   <si>
     <t>Доктор мистецтва (Кандидат наук)</t>
   </si>
   <si>
     <t>Калашник Оксана Сергіївна</t>
   </si>
   <si>
+    <t>Лігус Ольга Марківна</t>
+  </si>
+  <si>
     <t>Літвінова Ксенія Юріївна</t>
   </si>
   <si>
     <t>Мальцева Людмила Володимирівна</t>
   </si>
   <si>
     <t>Мащакевич Ліана Анатоліївна</t>
   </si>
   <si>
     <t>Омельченко Юрій Васильович</t>
   </si>
   <si>
     <t>Павловська-Єжова Тетяна Андріївна</t>
   </si>
   <si>
     <t>Пономаренко Тетяна Олександрівна</t>
   </si>
   <si>
     <t>Радько Катерина Володимирівна</t>
   </si>
   <si>
     <t>Рева Олена Миколаївна</t>
   </si>
   <si>
     <t>Руснак Лариса Юріївна</t>
@@ -1815,50 +1824,53 @@
     <t>Доктор філософії з історії</t>
   </si>
   <si>
     <t>Беренбейн Інеса Самійлівна</t>
   </si>
   <si>
     <t>Кандидат мистецтвознавства (2011 р.)</t>
   </si>
   <si>
     <t>Бессонова Марина Миколаївна</t>
   </si>
   <si>
     <t>Бонар Віталій Олегович</t>
   </si>
   <si>
     <t>НМЦ інформаційних технологій</t>
   </si>
   <si>
     <t>Бухарєв Олег Олексійович</t>
   </si>
   <si>
     <t>Винар Валентина Іванівна</t>
   </si>
   <si>
     <t>Гавронський Вадим Володимирович</t>
+  </si>
+  <si>
+    <t>Гаркавенко Дмитро Віталійович</t>
   </si>
   <si>
     <t>Георгієвська Вікторія Володимирівна</t>
   </si>
   <si>
     <t>Доктор наук з соціальних комунікацій</t>
   </si>
   <si>
     <t>Голік Анатолій Миколайович</t>
   </si>
   <si>
     <t>НМЦ професійного розвитку педагогічних працівників</t>
   </si>
   <si>
     <t>Методист</t>
   </si>
   <si>
     <t>Голян Христина Вячеславівна</t>
   </si>
   <si>
     <t>Горбатовський Дмитро Володимирович</t>
   </si>
   <si>
     <t>Горніцька Анастасія Вікторівна</t>
   </si>
@@ -2326,51 +2338,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H444"/>
+  <dimension ref="A1:H447"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" customWidth="true" style="0"/>
     <col min="5" max="5" width="65" customWidth="true" style="0"/>
     <col min="6" max="6" width="65" customWidth="true" style="0"/>
     <col min="7" max="7" width="65" customWidth="true" style="0"/>
     <col min="8" max="8" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6589,7345 +6601,7423 @@
       </c>
       <c r="D163" t="s">
         <v>37</v>
       </c>
       <c r="E163" t="s">
         <v>38</v>
       </c>
       <c r="F163" t="s">
         <v>224</v>
       </c>
       <c r="G163" t="s">
         <v>66</v>
       </c>
       <c r="H163" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
         <v>298</v>
       </c>
       <c r="C164">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D164" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E164" t="s">
-        <v>205</v>
+        <v>103</v>
       </c>
       <c r="F164" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="G164" t="s">
+        <v>73</v>
+      </c>
+      <c r="H164" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>300</v>
       </c>
       <c r="C165">
         <v>79</v>
       </c>
       <c r="D165" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E165" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
       <c r="F165" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G165" t="s">
-        <v>84</v>
+        <v>301</v>
       </c>
       <c r="H165" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C166">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D166" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="E166" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="F166" t="s">
         <v>17</v>
       </c>
       <c r="G166" t="s">
-        <v>257</v>
+        <v>84</v>
       </c>
       <c r="H166" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C167">
         <v>78</v>
       </c>
       <c r="D167" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="E167" t="s">
-        <v>303</v>
+        <v>130</v>
       </c>
       <c r="F167" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G167" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="H167" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>304</v>
       </c>
       <c r="C168">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D168" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E168" t="s">
         <v>305</v>
       </c>
       <c r="F168" t="s">
-        <v>306</v>
+        <v>109</v>
       </c>
       <c r="G168" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H168" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="C169">
         <v>77</v>
       </c>
       <c r="D169" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E169" t="s">
+        <v>307</v>
+      </c>
+      <c r="F169" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G169" t="s">
         <v>66</v>
       </c>
       <c r="H169" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>309</v>
       </c>
       <c r="C170">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D170" t="s">
-        <v>148</v>
+        <v>102</v>
       </c>
       <c r="E170" t="s">
         <v>310</v>
       </c>
       <c r="F170" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G170" t="s">
         <v>66</v>
       </c>
       <c r="H170" t="s">
-        <v>311</v>
+        <v>58</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
+        <v>311</v>
+      </c>
+      <c r="C171">
+        <v>76</v>
+      </c>
+      <c r="D171" t="s">
+        <v>148</v>
+      </c>
+      <c r="E171" t="s">
         <v>312</v>
       </c>
-      <c r="C171">
-[...7 lines deleted...]
-      </c>
       <c r="F171" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G171" t="s">
         <v>66</v>
       </c>
       <c r="H171" t="s">
-        <v>58</v>
+        <v>313</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C172">
         <v>75</v>
       </c>
       <c r="D172" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="E172" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F172" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G172" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="H172" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C173">
         <v>75</v>
       </c>
       <c r="D173" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="E173" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="F173" t="s">
         <v>17</v>
       </c>
       <c r="G173" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="H173" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C174">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D174" t="s">
-        <v>189</v>
+        <v>25</v>
       </c>
       <c r="E174" t="s">
-        <v>316</v>
+        <v>26</v>
       </c>
       <c r="F174" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G174" t="s">
-        <v>66</v>
+        <v>128</v>
       </c>
       <c r="H174" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
         <v>317</v>
       </c>
       <c r="C175">
         <v>74</v>
       </c>
       <c r="D175" t="s">
-        <v>25</v>
+        <v>189</v>
       </c>
       <c r="E175" t="s">
-        <v>205</v>
+        <v>318</v>
       </c>
       <c r="F175" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G175" t="s">
-        <v>128</v>
+        <v>66</v>
       </c>
       <c r="H175" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C176">
         <v>74</v>
       </c>
       <c r="D176" t="s">
         <v>25</v>
       </c>
       <c r="E176" t="s">
-        <v>26</v>
+        <v>205</v>
       </c>
       <c r="F176" t="s">
         <v>17</v>
       </c>
       <c r="G176" t="s">
-        <v>241</v>
+        <v>128</v>
       </c>
       <c r="H176" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C177">
         <v>74</v>
       </c>
       <c r="D177" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E177" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="F177" t="s">
         <v>17</v>
       </c>
       <c r="G177" t="s">
-        <v>320</v>
+        <v>241</v>
       </c>
       <c r="H177" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
         <v>321</v>
       </c>
       <c r="C178">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D178" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E178" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="F178" t="s">
         <v>17</v>
       </c>
       <c r="G178" t="s">
-        <v>18</v>
+        <v>322</v>
       </c>
       <c r="H178" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C179">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D179" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="E179" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="F179" t="s">
         <v>17</v>
       </c>
       <c r="G179" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="H179" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C180">
         <v>72</v>
       </c>
       <c r="D180" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="E180" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="F180" t="s">
         <v>17</v>
       </c>
       <c r="G180" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="H180" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C181">
         <v>72</v>
       </c>
       <c r="D181" t="s">
         <v>42</v>
       </c>
       <c r="E181" t="s">
         <v>97</v>
       </c>
       <c r="F181" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G181" t="s">
         <v>18</v>
       </c>
       <c r="H181" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C182">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D182" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="E182" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="F182" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G182" t="s">
-        <v>320</v>
+        <v>18</v>
       </c>
       <c r="H182" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C183">
         <v>71</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="E183" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="F183" t="s">
         <v>17</v>
       </c>
       <c r="G183" t="s">
-        <v>123</v>
+        <v>322</v>
       </c>
       <c r="H183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C184">
         <v>71</v>
       </c>
       <c r="D184" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E184" t="s">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="F184" t="s">
         <v>17</v>
       </c>
       <c r="G184" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="H184" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C185">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D185" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="E185" t="s">
-        <v>174</v>
+        <v>139</v>
       </c>
       <c r="F185" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G185" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="H185" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C186">
         <v>70</v>
       </c>
       <c r="D186" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="E186" t="s">
-        <v>205</v>
+        <v>174</v>
       </c>
       <c r="F186" t="s">
         <v>109</v>
       </c>
       <c r="G186" t="s">
-        <v>66</v>
+        <v>146</v>
       </c>
       <c r="H186" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C187">
         <v>70</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E187" t="s">
-        <v>10</v>
+        <v>205</v>
       </c>
       <c r="F187" t="s">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="G187" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="H187" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C188">
         <v>70</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="F188" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G188" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="H188" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C189">
         <v>70</v>
       </c>
       <c r="D189" t="s">
-        <v>102</v>
+        <v>9</v>
       </c>
       <c r="E189" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="F189" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G189" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="H189" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C190">
         <v>70</v>
       </c>
       <c r="D190" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E190" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="F190" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H190" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C191">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D191" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="E191" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F191" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G191" t="s">
-        <v>335</v>
+        <v>66</v>
       </c>
       <c r="H191" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>336</v>
       </c>
       <c r="C192">
         <v>69</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="E192" t="s">
-        <v>49</v>
+        <v>234</v>
       </c>
       <c r="F192" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G192" t="s">
-        <v>12</v>
+        <v>337</v>
       </c>
       <c r="H192" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C193">
         <v>69</v>
       </c>
       <c r="D193" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E193" t="s">
-        <v>139</v>
+        <v>49</v>
       </c>
       <c r="F193" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H193" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C194">
         <v>69</v>
       </c>
       <c r="D194" t="s">
-        <v>132</v>
+        <v>42</v>
       </c>
       <c r="E194" t="s">
-        <v>272</v>
+        <v>139</v>
       </c>
       <c r="F194" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G194" t="s">
         <v>18</v>
       </c>
       <c r="H194" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C195">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D195" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E195" t="s">
-        <v>340</v>
+        <v>272</v>
       </c>
       <c r="F195" t="s">
-        <v>341</v>
+        <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H195" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C196">
         <v>68</v>
       </c>
       <c r="D196" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E196" t="s">
-        <v>221</v>
+        <v>342</v>
       </c>
       <c r="F196" t="s">
-        <v>65</v>
+        <v>343</v>
       </c>
       <c r="G196" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H196" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C197">
         <v>68</v>
       </c>
       <c r="D197" t="s">
         <v>102</v>
       </c>
       <c r="E197" t="s">
-        <v>103</v>
+        <v>221</v>
       </c>
       <c r="F197" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G197" t="s">
-        <v>344</v>
+        <v>57</v>
       </c>
       <c r="H197" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>345</v>
       </c>
       <c r="C198">
         <v>68</v>
       </c>
       <c r="D198" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="E198" t="s">
-        <v>209</v>
+        <v>103</v>
       </c>
       <c r="F198" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G198" t="s">
-        <v>66</v>
+        <v>346</v>
       </c>
       <c r="H198" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C199">
         <v>68</v>
       </c>
       <c r="D199" t="s">
-        <v>156</v>
+        <v>53</v>
       </c>
       <c r="E199" t="s">
-        <v>157</v>
+        <v>209</v>
       </c>
       <c r="F199" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G199" t="s">
-        <v>335</v>
+        <v>66</v>
       </c>
       <c r="H199" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C200">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D200" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="E200" t="s">
-        <v>49</v>
+        <v>157</v>
       </c>
       <c r="F200" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G200" t="s">
-        <v>12</v>
+        <v>337</v>
       </c>
       <c r="H200" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C201">
         <v>67</v>
       </c>
       <c r="D201" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E201" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F201" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="G201" t="s">
-        <v>349</v>
+        <v>12</v>
       </c>
       <c r="H201" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>350</v>
       </c>
       <c r="C202">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D202" t="s">
-        <v>156</v>
+        <v>25</v>
       </c>
       <c r="E202" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="F202" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G202" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="H202" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C203">
         <v>66</v>
       </c>
       <c r="D203" t="s">
-        <v>25</v>
+        <v>156</v>
       </c>
       <c r="E203" t="s">
-        <v>205</v>
+        <v>157</v>
       </c>
       <c r="F203" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G203" t="s">
-        <v>66</v>
+        <v>337</v>
       </c>
       <c r="H203" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C204">
         <v>66</v>
       </c>
       <c r="D204" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="E204" t="s">
-        <v>303</v>
+        <v>205</v>
       </c>
       <c r="F204" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="G204" t="s">
-        <v>353</v>
+        <v>66</v>
       </c>
       <c r="H204" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>354</v>
       </c>
       <c r="C205">
         <v>66</v>
       </c>
       <c r="D205" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="E205" t="s">
-        <v>209</v>
+        <v>305</v>
       </c>
       <c r="F205" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>66</v>
+        <v>355</v>
       </c>
       <c r="H205" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C206">
         <v>66</v>
       </c>
       <c r="D206" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="E206" t="s">
-        <v>356</v>
+        <v>209</v>
       </c>
       <c r="F206" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G206" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="H206" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
         <v>357</v>
       </c>
       <c r="C207">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D207" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="E207" t="s">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="F207" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G207" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="H207" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C208">
         <v>65</v>
       </c>
       <c r="D208" t="s">
-        <v>9</v>
+        <v>102</v>
       </c>
       <c r="E208" t="s">
-        <v>359</v>
+        <v>310</v>
       </c>
       <c r="F208" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G208" t="s">
-        <v>216</v>
+        <v>57</v>
       </c>
       <c r="H208" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
         <v>360</v>
       </c>
       <c r="C209">
         <v>65</v>
       </c>
       <c r="D209" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="E209" t="s">
-        <v>68</v>
+        <v>361</v>
       </c>
       <c r="F209" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G209" t="s">
-        <v>66</v>
+        <v>216</v>
       </c>
       <c r="H209" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C210">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D210" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="E210" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="F210" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="G210" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H210" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C211">
         <v>64</v>
       </c>
       <c r="D211" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="E211" t="s">
-        <v>363</v>
+        <v>130</v>
       </c>
       <c r="F211" t="s">
-        <v>65</v>
+        <v>109</v>
       </c>
       <c r="G211" t="s">
-        <v>364</v>
+        <v>73</v>
       </c>
       <c r="H211" t="s">
-        <v>365</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C212">
         <v>64</v>
       </c>
       <c r="D212" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E212" t="s">
-        <v>184</v>
+        <v>365</v>
       </c>
       <c r="F212" t="s">
         <v>65</v>
       </c>
       <c r="G212" t="s">
-        <v>66</v>
+        <v>366</v>
       </c>
       <c r="H212" t="s">
-        <v>58</v>
+        <v>367</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C213">
         <v>64</v>
       </c>
       <c r="D213" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="E213" t="s">
-        <v>308</v>
+        <v>184</v>
       </c>
       <c r="F213" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G213" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H213" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C214">
         <v>64</v>
       </c>
       <c r="D214" t="s">
         <v>102</v>
       </c>
       <c r="E214" t="s">
-        <v>221</v>
+        <v>310</v>
       </c>
       <c r="F214" t="s">
         <v>17</v>
       </c>
       <c r="G214" t="s">
         <v>73</v>
       </c>
       <c r="H214" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C215">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D215" t="s">
         <v>102</v>
       </c>
       <c r="E215" t="s">
-        <v>308</v>
+        <v>221</v>
       </c>
       <c r="F215" t="s">
         <v>17</v>
       </c>
       <c r="G215" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="H215" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C216">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D216" t="s">
         <v>102</v>
       </c>
       <c r="E216" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F216" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G216" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H216" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C217">
         <v>62</v>
       </c>
       <c r="D217" t="s">
-        <v>148</v>
+        <v>102</v>
       </c>
       <c r="E217" t="s">
         <v>310</v>
       </c>
       <c r="F217" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="G217" t="s">
-        <v>185</v>
+        <v>66</v>
       </c>
       <c r="H217" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C218">
         <v>62</v>
       </c>
       <c r="D218" t="s">
         <v>148</v>
       </c>
       <c r="E218" t="s">
-        <v>149</v>
+        <v>312</v>
       </c>
       <c r="F218" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G218" t="s">
         <v>185</v>
       </c>
       <c r="H218" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C219">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D219" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="E219" t="s">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="F219" t="s">
-        <v>374</v>
+        <v>17</v>
       </c>
       <c r="G219" t="s">
-        <v>73</v>
+        <v>185</v>
       </c>
       <c r="H219" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>375</v>
       </c>
       <c r="C220">
         <v>61</v>
       </c>
       <c r="D220" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="E220" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="F220" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="G220" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="H220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C221">
         <v>61</v>
       </c>
       <c r="D221" t="s">
-        <v>9</v>
+        <v>132</v>
       </c>
       <c r="E221" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="F221" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G221" t="s">
         <v>123</v>
       </c>
       <c r="H221" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C222">
         <v>61</v>
       </c>
       <c r="D222" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E222" t="s">
-        <v>139</v>
+        <v>10</v>
       </c>
       <c r="F222" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G222" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="H222" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C223">
         <v>61</v>
       </c>
       <c r="D223" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="E223" t="s">
-        <v>209</v>
+        <v>139</v>
       </c>
       <c r="F223" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G223" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H223" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C224">
         <v>61</v>
       </c>
       <c r="D224" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="E224" t="s">
-        <v>130</v>
+        <v>209</v>
       </c>
       <c r="F224" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G224" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="H224" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C225">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D225" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="E225" t="s">
-        <v>308</v>
+        <v>130</v>
       </c>
       <c r="F225" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G225" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="H225" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C226">
         <v>60</v>
       </c>
       <c r="D226" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="E226" t="s">
-        <v>157</v>
+        <v>310</v>
       </c>
       <c r="F226" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G226" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="H226" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C227">
         <v>60</v>
       </c>
       <c r="D227" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="E227" t="s">
-        <v>363</v>
+        <v>157</v>
       </c>
       <c r="F227" t="s">
         <v>65</v>
       </c>
       <c r="G227" t="s">
         <v>66</v>
       </c>
       <c r="H227" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C228">
         <v>60</v>
       </c>
       <c r="D228" t="s">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="E228" t="s">
-        <v>34</v>
+        <v>365</v>
       </c>
       <c r="F228" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G228" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="H228" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C229">
         <v>60</v>
       </c>
       <c r="D229" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E229" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="F229" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G229" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="H229" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C230">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D230" t="s">
-        <v>156</v>
+        <v>15</v>
       </c>
       <c r="E230" t="s">
-        <v>234</v>
+        <v>60</v>
       </c>
       <c r="F230" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G230" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H230" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C231">
         <v>59</v>
       </c>
       <c r="D231" t="s">
-        <v>42</v>
+        <v>156</v>
       </c>
       <c r="E231" t="s">
-        <v>43</v>
+        <v>234</v>
       </c>
       <c r="F231" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G231" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="H231" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C232">
         <v>59</v>
       </c>
       <c r="D232" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="E232" t="s">
-        <v>356</v>
+        <v>43</v>
       </c>
       <c r="F232" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G232" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="H232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C233">
         <v>59</v>
       </c>
       <c r="D233" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E233" t="s">
-        <v>176</v>
+        <v>358</v>
       </c>
       <c r="F233" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G233" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H233" t="s">
-        <v>389</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
         <v>390</v>
       </c>
       <c r="C234">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D234" t="s">
-        <v>189</v>
+        <v>53</v>
       </c>
       <c r="E234" t="s">
-        <v>316</v>
+        <v>176</v>
       </c>
       <c r="F234" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="G234" t="s">
         <v>66</v>
       </c>
       <c r="H234" t="s">
-        <v>58</v>
+        <v>391</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C235">
         <v>58</v>
       </c>
       <c r="D235" t="s">
-        <v>63</v>
+        <v>189</v>
       </c>
       <c r="E235" t="s">
-        <v>363</v>
+        <v>318</v>
       </c>
       <c r="F235" t="s">
-        <v>65</v>
+        <v>109</v>
       </c>
       <c r="G235" t="s">
         <v>66</v>
       </c>
       <c r="H235" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C236">
         <v>58</v>
       </c>
       <c r="D236" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="E236" t="s">
-        <v>136</v>
+        <v>365</v>
       </c>
       <c r="F236" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G236" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H236" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C237">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D237" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="E237" t="s">
-        <v>221</v>
+        <v>136</v>
       </c>
       <c r="F237" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G237" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H237" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C238">
         <v>57</v>
       </c>
       <c r="D238" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="E238" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="F238" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G238" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="H238" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C239">
         <v>57</v>
       </c>
       <c r="D239" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="E239" t="s">
-        <v>176</v>
+        <v>234</v>
       </c>
       <c r="F239" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G239" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H239" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C240">
         <v>57</v>
       </c>
       <c r="D240" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="E240" t="s">
-        <v>130</v>
+        <v>176</v>
       </c>
       <c r="F240" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G240" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H240" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C241">
         <v>57</v>
       </c>
       <c r="D241" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="E241" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="F241" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G241" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H241" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C242">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D242" t="s">
-        <v>276</v>
+        <v>42</v>
       </c>
       <c r="E242" t="s">
-        <v>340</v>
+        <v>136</v>
       </c>
       <c r="F242" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G242" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H242" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C243">
         <v>56</v>
       </c>
       <c r="D243" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E243" t="s">
-        <v>139</v>
+        <v>342</v>
       </c>
       <c r="F243" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G243" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="H243" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C244">
         <v>56</v>
       </c>
       <c r="D244" t="s">
-        <v>148</v>
+        <v>42</v>
       </c>
       <c r="E244" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="F244" t="s">
         <v>17</v>
       </c>
       <c r="G244" t="s">
-        <v>401</v>
+        <v>18</v>
       </c>
       <c r="H244" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>402</v>
       </c>
       <c r="C245">
         <v>56</v>
       </c>
       <c r="D245" t="s">
         <v>148</v>
       </c>
       <c r="E245" t="s">
+        <v>149</v>
+      </c>
+      <c r="F245" t="s">
+        <v>17</v>
+      </c>
+      <c r="G245" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H245" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
         <v>404</v>
       </c>
       <c r="C246">
         <v>56</v>
       </c>
       <c r="D246" t="s">
         <v>148</v>
       </c>
       <c r="E246" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="F246" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G246" t="s">
         <v>66</v>
       </c>
       <c r="H246" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
+        <v>406</v>
+      </c>
+      <c r="C247">
+        <v>56</v>
+      </c>
+      <c r="D247" t="s">
+        <v>148</v>
+      </c>
+      <c r="E247" t="s">
         <v>405</v>
       </c>
-      <c r="C247">
-[...7 lines deleted...]
-      </c>
       <c r="F247" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G247" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H247" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C248">
         <v>55</v>
       </c>
       <c r="D248" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="E248" t="s">
-        <v>176</v>
+        <v>112</v>
       </c>
       <c r="F248" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="G248" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="H248" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C249">
         <v>55</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="E249" t="s">
-        <v>359</v>
+        <v>176</v>
       </c>
       <c r="F249" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="G249" t="s">
-        <v>408</v>
+        <v>18</v>
       </c>
       <c r="H249" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
         <v>409</v>
       </c>
       <c r="C250">
         <v>55</v>
       </c>
       <c r="D250" t="s">
-        <v>102</v>
+        <v>9</v>
       </c>
       <c r="E250" t="s">
-        <v>303</v>
+        <v>361</v>
       </c>
       <c r="F250" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G250" t="s">
-        <v>66</v>
+        <v>410</v>
       </c>
       <c r="H250" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C251">
         <v>55</v>
       </c>
       <c r="D251" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="E251" t="s">
-        <v>176</v>
+        <v>305</v>
       </c>
       <c r="F251" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G251" t="s">
         <v>66</v>
       </c>
       <c r="H251" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C252">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D252" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="E252" t="s">
-        <v>49</v>
+        <v>176</v>
       </c>
       <c r="F252" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G252" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="H252" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C253">
         <v>54</v>
       </c>
       <c r="D253" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E253" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="F253" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G253" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="H253" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C254">
         <v>54</v>
       </c>
       <c r="D254" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="E254" t="s">
-        <v>403</v>
+        <v>127</v>
       </c>
       <c r="F254" t="s">
         <v>65</v>
       </c>
       <c r="G254" t="s">
         <v>66</v>
       </c>
       <c r="H254" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C255">
         <v>54</v>
       </c>
       <c r="D255" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="E255" t="s">
-        <v>308</v>
+        <v>405</v>
       </c>
       <c r="F255" t="s">
         <v>65</v>
       </c>
       <c r="G255" t="s">
         <v>66</v>
       </c>
       <c r="H255" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C256">
         <v>54</v>
       </c>
       <c r="D256" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="E256" t="s">
-        <v>209</v>
+        <v>310</v>
       </c>
       <c r="F256" t="s">
         <v>65</v>
       </c>
       <c r="G256" t="s">
         <v>66</v>
       </c>
       <c r="H256" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C257">
         <v>54</v>
       </c>
       <c r="D257" t="s">
         <v>53</v>
       </c>
       <c r="E257" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="F257" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G257" t="s">
-        <v>417</v>
+        <v>66</v>
       </c>
       <c r="H257" t="s">
-        <v>418</v>
+        <v>58</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C258">
         <v>54</v>
       </c>
       <c r="D258" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="E258" t="s">
+        <v>176</v>
+      </c>
+      <c r="F258" t="s">
+        <v>50</v>
+      </c>
+      <c r="G258" t="s">
+        <v>419</v>
+      </c>
+      <c r="H258" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>421</v>
       </c>
       <c r="C259">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D259" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="E259" t="s">
-        <v>60</v>
+        <v>422</v>
       </c>
       <c r="F259" t="s">
         <v>17</v>
       </c>
       <c r="G259" t="s">
-        <v>422</v>
+        <v>18</v>
       </c>
       <c r="H259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>423</v>
       </c>
       <c r="C260">
         <v>53</v>
       </c>
       <c r="D260" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="E260" t="s">
-        <v>184</v>
+        <v>60</v>
       </c>
       <c r="F260" t="s">
         <v>17</v>
       </c>
       <c r="G260" t="s">
-        <v>66</v>
+        <v>424</v>
       </c>
       <c r="H260" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C261">
         <v>53</v>
       </c>
       <c r="D261" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E261" t="s">
-        <v>425</v>
+        <v>184</v>
       </c>
       <c r="F261" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G261" t="s">
         <v>66</v>
       </c>
       <c r="H261" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>426</v>
       </c>
       <c r="C262">
         <v>53</v>
       </c>
       <c r="D262" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E262" t="s">
-        <v>43</v>
+        <v>427</v>
       </c>
       <c r="F262" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G262" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H262" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C263">
         <v>53</v>
       </c>
       <c r="D263" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="E263" t="s">
-        <v>262</v>
+        <v>43</v>
       </c>
       <c r="F263" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G263" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H263" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C264">
         <v>53</v>
       </c>
       <c r="D264" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="E264" t="s">
-        <v>303</v>
+        <v>262</v>
       </c>
       <c r="F264" t="s">
         <v>65</v>
       </c>
       <c r="G264" t="s">
         <v>66</v>
       </c>
       <c r="H264" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C265">
         <v>53</v>
       </c>
       <c r="D265" t="s">
         <v>102</v>
       </c>
       <c r="E265" t="s">
-        <v>103</v>
+        <v>305</v>
       </c>
       <c r="F265" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G265" t="s">
         <v>66</v>
       </c>
       <c r="H265" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C266">
         <v>53</v>
       </c>
       <c r="D266" t="s">
-        <v>189</v>
+        <v>102</v>
       </c>
       <c r="E266" t="s">
-        <v>431</v>
+        <v>103</v>
       </c>
       <c r="F266" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G266" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H266" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
         <v>432</v>
       </c>
       <c r="C267">
         <v>53</v>
       </c>
       <c r="D267" t="s">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="E267" t="s">
-        <v>308</v>
+        <v>433</v>
       </c>
       <c r="F267" t="s">
         <v>17</v>
       </c>
       <c r="G267" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="H267" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C268">
         <v>53</v>
       </c>
       <c r="D268" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E268" t="s">
-        <v>26</v>
+        <v>310</v>
       </c>
       <c r="F268" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G268" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H268" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C269">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D269" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E269" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="F269" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G269" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="H269" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C270">
         <v>52</v>
       </c>
       <c r="D270" t="s">
-        <v>276</v>
+        <v>15</v>
       </c>
       <c r="E270" t="s">
-        <v>425</v>
+        <v>60</v>
       </c>
       <c r="F270" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G270" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="H270" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C271">
         <v>52</v>
       </c>
       <c r="D271" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E271" t="s">
-        <v>308</v>
+        <v>427</v>
       </c>
       <c r="F271" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G271" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H271" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C272">
         <v>52</v>
       </c>
       <c r="D272" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E272" t="s">
-        <v>425</v>
+        <v>310</v>
       </c>
       <c r="F272" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G272" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H272" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C273">
         <v>52</v>
       </c>
       <c r="D273" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E273" t="s">
-        <v>205</v>
+        <v>427</v>
       </c>
       <c r="F273" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G273" t="s">
-        <v>128</v>
+        <v>66</v>
       </c>
       <c r="H273" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C274">
         <v>52</v>
       </c>
       <c r="D274" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="E274" t="s">
-        <v>103</v>
+        <v>205</v>
       </c>
       <c r="F274" t="s">
         <v>17</v>
       </c>
       <c r="G274" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C275">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D275" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="E275" t="s">
-        <v>234</v>
+        <v>103</v>
       </c>
       <c r="F275" t="s">
         <v>17</v>
       </c>
       <c r="G275" t="s">
         <v>18</v>
       </c>
       <c r="H275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C276">
         <v>51</v>
       </c>
       <c r="D276" t="s">
-        <v>46</v>
+        <v>156</v>
       </c>
       <c r="E276" t="s">
-        <v>93</v>
+        <v>234</v>
       </c>
       <c r="F276" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G276" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="H276" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C277">
         <v>51</v>
       </c>
       <c r="D277" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="E277" t="s">
-        <v>308</v>
+        <v>93</v>
       </c>
       <c r="F277" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="G277" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="H277" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C278">
         <v>51</v>
       </c>
       <c r="D278" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="E278" t="s">
-        <v>60</v>
+        <v>310</v>
       </c>
       <c r="F278" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="G278" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H278" t="s">
-        <v>444</v>
+        <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>445</v>
       </c>
       <c r="C279">
         <v>51</v>
       </c>
       <c r="D279" t="s">
-        <v>276</v>
+        <v>15</v>
       </c>
       <c r="E279" t="s">
+        <v>60</v>
+      </c>
+      <c r="F279" t="s">
+        <v>17</v>
+      </c>
+      <c r="G279" t="s">
+        <v>31</v>
+      </c>
+      <c r="H279" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>447</v>
       </c>
       <c r="C280">
         <v>51</v>
       </c>
       <c r="D280" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E280" t="s">
-        <v>26</v>
+        <v>448</v>
       </c>
       <c r="F280" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G280" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="H280" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C281">
         <v>51</v>
       </c>
       <c r="D281" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="E281" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="F281" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="G281" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="H281" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C282">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D282" t="s">
-        <v>53</v>
+        <v>102</v>
       </c>
       <c r="E282" t="s">
-        <v>209</v>
+        <v>103</v>
       </c>
       <c r="F282" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="G282" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H282" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C283">
         <v>50</v>
       </c>
       <c r="D283" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E283" t="s">
-        <v>425</v>
+        <v>209</v>
       </c>
       <c r="F283" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G283" t="s">
         <v>66</v>
       </c>
       <c r="H283" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C284">
         <v>50</v>
       </c>
       <c r="D284" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E284" t="s">
-        <v>176</v>
+        <v>427</v>
       </c>
       <c r="F284" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G284" t="s">
         <v>66</v>
       </c>
       <c r="H284" t="s">
-        <v>452</v>
+        <v>58</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
         <v>453</v>
       </c>
       <c r="C285">
         <v>50</v>
       </c>
       <c r="D285" t="s">
-        <v>189</v>
+        <v>53</v>
       </c>
       <c r="E285" t="s">
-        <v>431</v>
+        <v>176</v>
       </c>
       <c r="F285" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G285" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H285" t="s">
-        <v>58</v>
+        <v>454</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C286">
         <v>50</v>
       </c>
       <c r="D286" t="s">
-        <v>42</v>
+        <v>189</v>
       </c>
       <c r="E286" t="s">
-        <v>97</v>
+        <v>433</v>
       </c>
       <c r="F286" t="s">
         <v>65</v>
       </c>
       <c r="G286" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H286" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C287">
         <v>50</v>
       </c>
       <c r="D287" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="E287" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="F287" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G287" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="H287" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C288">
         <v>50</v>
       </c>
       <c r="D288" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="E288" t="s">
-        <v>209</v>
+        <v>76</v>
       </c>
       <c r="F288" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G288" t="s">
-        <v>66</v>
+        <v>146</v>
       </c>
       <c r="H288" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C289">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D289" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E289" t="s">
-        <v>425</v>
+        <v>209</v>
       </c>
       <c r="F289" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G289" t="s">
         <v>66</v>
       </c>
       <c r="H289" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C290">
         <v>49</v>
       </c>
       <c r="D290" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E290" t="s">
-        <v>127</v>
+        <v>427</v>
       </c>
       <c r="F290" t="s">
-        <v>193</v>
+        <v>243</v>
       </c>
       <c r="G290" t="s">
-        <v>459</v>
+        <v>66</v>
       </c>
       <c r="H290" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
         <v>460</v>
       </c>
       <c r="C291">
         <v>49</v>
       </c>
       <c r="D291" t="s">
-        <v>102</v>
+        <v>25</v>
       </c>
       <c r="E291" t="s">
-        <v>221</v>
+        <v>127</v>
       </c>
       <c r="F291" t="s">
-        <v>65</v>
+        <v>193</v>
       </c>
       <c r="G291" t="s">
-        <v>66</v>
+        <v>461</v>
       </c>
       <c r="H291" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C292">
         <v>49</v>
       </c>
       <c r="D292" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E292" t="s">
-        <v>462</v>
+        <v>221</v>
       </c>
       <c r="F292" t="s">
-        <v>306</v>
+        <v>65</v>
       </c>
       <c r="G292" t="s">
         <v>66</v>
       </c>
       <c r="H292" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>463</v>
       </c>
       <c r="C293">
         <v>49</v>
       </c>
       <c r="D293" t="s">
         <v>276</v>
       </c>
       <c r="E293" t="s">
-        <v>340</v>
+        <v>464</v>
       </c>
       <c r="F293" t="s">
-        <v>243</v>
+        <v>308</v>
       </c>
       <c r="G293" t="s">
         <v>66</v>
       </c>
       <c r="H293" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C294">
         <v>49</v>
       </c>
       <c r="D294" t="s">
-        <v>148</v>
+        <v>276</v>
       </c>
       <c r="E294" t="s">
-        <v>149</v>
+        <v>342</v>
       </c>
       <c r="F294" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G294" t="s">
         <v>66</v>
       </c>
       <c r="H294" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C295">
         <v>49</v>
       </c>
       <c r="D295" t="s">
-        <v>276</v>
+        <v>148</v>
       </c>
       <c r="E295" t="s">
-        <v>340</v>
+        <v>149</v>
       </c>
       <c r="F295" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G295" t="s">
         <v>66</v>
       </c>
       <c r="H295" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C296">
         <v>49</v>
       </c>
       <c r="D296" t="s">
         <v>276</v>
       </c>
       <c r="E296" t="s">
-        <v>467</v>
+        <v>342</v>
       </c>
       <c r="F296" t="s">
         <v>243</v>
       </c>
       <c r="G296" t="s">
         <v>66</v>
       </c>
       <c r="H296" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>468</v>
       </c>
       <c r="C297">
         <v>49</v>
       </c>
       <c r="D297" t="s">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="E297" t="s">
-        <v>356</v>
+        <v>469</v>
       </c>
       <c r="F297" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G297" t="s">
-        <v>259</v>
+        <v>66</v>
       </c>
       <c r="H297" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C298">
         <v>49</v>
       </c>
       <c r="D298" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="E298" t="s">
-        <v>262</v>
+        <v>358</v>
       </c>
       <c r="F298" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G298" t="s">
-        <v>73</v>
+        <v>259</v>
       </c>
       <c r="H298" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C299">
         <v>49</v>
       </c>
       <c r="D299" t="s">
-        <v>189</v>
+        <v>156</v>
       </c>
       <c r="E299" t="s">
-        <v>431</v>
+        <v>262</v>
       </c>
       <c r="F299" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G299" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="H299" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C300">
         <v>49</v>
       </c>
       <c r="D300" t="s">
-        <v>276</v>
+        <v>189</v>
       </c>
       <c r="E300" t="s">
-        <v>467</v>
+        <v>433</v>
       </c>
       <c r="F300" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G300" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H300" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C301">
         <v>49</v>
       </c>
       <c r="D301" t="s">
         <v>276</v>
       </c>
       <c r="E301" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="F301" t="s">
-        <v>473</v>
+        <v>243</v>
       </c>
       <c r="G301" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H301" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>474</v>
       </c>
       <c r="C302">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D302" t="s">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="E302" t="s">
-        <v>195</v>
+        <v>464</v>
       </c>
       <c r="F302" t="s">
-        <v>65</v>
+        <v>475</v>
       </c>
       <c r="G302" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H302" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C303">
         <v>48</v>
       </c>
       <c r="D303" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="E303" t="s">
-        <v>234</v>
+        <v>195</v>
       </c>
       <c r="F303" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G303" t="s">
-        <v>476</v>
+        <v>66</v>
       </c>
       <c r="H303" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>477</v>
       </c>
       <c r="C304">
         <v>48</v>
       </c>
       <c r="D304" t="s">
-        <v>276</v>
+        <v>156</v>
       </c>
       <c r="E304" t="s">
-        <v>467</v>
+        <v>234</v>
       </c>
       <c r="F304" t="s">
+        <v>17</v>
+      </c>
+      <c r="G304" t="s">
         <v>478</v>
       </c>
-      <c r="G304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H304" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>479</v>
       </c>
       <c r="C305">
         <v>48</v>
       </c>
       <c r="D305" t="s">
-        <v>148</v>
+        <v>276</v>
       </c>
       <c r="E305" t="s">
-        <v>403</v>
+        <v>469</v>
       </c>
       <c r="F305" t="s">
-        <v>65</v>
+        <v>480</v>
       </c>
       <c r="G305" t="s">
         <v>66</v>
       </c>
       <c r="H305" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C306">
         <v>48</v>
       </c>
       <c r="D306" t="s">
-        <v>189</v>
+        <v>148</v>
       </c>
       <c r="E306" t="s">
-        <v>431</v>
+        <v>405</v>
       </c>
       <c r="F306" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G306" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="H306" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C307">
         <v>48</v>
       </c>
       <c r="D307" t="s">
-        <v>42</v>
+        <v>189</v>
       </c>
       <c r="E307" t="s">
-        <v>97</v>
+        <v>433</v>
       </c>
       <c r="F307" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G307" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="H307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C308">
         <v>48</v>
       </c>
       <c r="D308" t="s">
-        <v>132</v>
+        <v>42</v>
       </c>
       <c r="E308" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="F308" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G308" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H308" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C309">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D309" t="s">
-        <v>63</v>
+        <v>132</v>
       </c>
       <c r="E309" t="s">
-        <v>356</v>
+        <v>153</v>
       </c>
       <c r="F309" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="G309" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="H309" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C310">
         <v>47</v>
       </c>
       <c r="D310" t="s">
-        <v>276</v>
+        <v>63</v>
       </c>
       <c r="E310" t="s">
-        <v>485</v>
+        <v>358</v>
       </c>
       <c r="F310" t="s">
-        <v>243</v>
+        <v>109</v>
       </c>
       <c r="G310" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H310" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
         <v>486</v>
       </c>
       <c r="C311">
         <v>47</v>
       </c>
       <c r="D311" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E311" t="s">
-        <v>176</v>
+        <v>487</v>
       </c>
       <c r="F311" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G311" t="s">
         <v>66</v>
       </c>
       <c r="H311" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C312">
         <v>47</v>
       </c>
       <c r="D312" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E312" t="s">
-        <v>305</v>
+        <v>176</v>
       </c>
       <c r="F312" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G312" t="s">
         <v>66</v>
       </c>
       <c r="H312" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C313">
         <v>47</v>
       </c>
       <c r="D313" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E313" t="s">
-        <v>176</v>
+        <v>307</v>
       </c>
       <c r="F313" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G313" t="s">
-        <v>489</v>
+        <v>66</v>
       </c>
       <c r="H313" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
         <v>490</v>
       </c>
       <c r="C314">
         <v>47</v>
       </c>
       <c r="D314" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E314" t="s">
-        <v>446</v>
+        <v>176</v>
       </c>
       <c r="F314" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G314" t="s">
-        <v>66</v>
+        <v>491</v>
       </c>
       <c r="H314" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C315">
         <v>47</v>
       </c>
       <c r="D315" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="E315" t="s">
-        <v>127</v>
+        <v>448</v>
       </c>
       <c r="F315" t="s">
-        <v>65</v>
+        <v>475</v>
       </c>
       <c r="G315" t="s">
         <v>66</v>
       </c>
       <c r="H315" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C316">
         <v>47</v>
       </c>
       <c r="D316" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E316" t="s">
-        <v>305</v>
+        <v>54</v>
       </c>
       <c r="F316" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G316" t="s">
-        <v>66</v>
+        <v>185</v>
       </c>
       <c r="H316" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C317">
         <v>47</v>
       </c>
       <c r="D317" t="s">
-        <v>276</v>
+        <v>25</v>
       </c>
       <c r="E317" t="s">
-        <v>467</v>
+        <v>127</v>
       </c>
       <c r="F317" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G317" t="s">
         <v>66</v>
       </c>
       <c r="H317" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C318">
         <v>47</v>
       </c>
       <c r="D318" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
       <c r="E318" t="s">
-        <v>34</v>
+        <v>307</v>
       </c>
       <c r="F318" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G318" t="s">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="H318" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C319">
         <v>47</v>
       </c>
       <c r="D319" t="s">
         <v>276</v>
       </c>
       <c r="E319" t="s">
-        <v>425</v>
+        <v>469</v>
       </c>
       <c r="F319" t="s">
         <v>243</v>
       </c>
       <c r="G319" t="s">
         <v>66</v>
       </c>
       <c r="H319" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C320">
         <v>47</v>
       </c>
       <c r="D320" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E320" t="s">
-        <v>139</v>
+        <v>34</v>
       </c>
       <c r="F320" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G320" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="H320" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C321">
         <v>47</v>
       </c>
       <c r="D321" t="s">
-        <v>148</v>
+        <v>276</v>
       </c>
       <c r="E321" t="s">
-        <v>403</v>
+        <v>427</v>
       </c>
       <c r="F321" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G321" t="s">
         <v>66</v>
       </c>
       <c r="H321" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C322">
         <v>47</v>
       </c>
       <c r="D322" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E322" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="F322" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G322" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="H322" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C323">
         <v>47</v>
       </c>
       <c r="D323" t="s">
-        <v>276</v>
+        <v>148</v>
       </c>
       <c r="E323" t="s">
-        <v>446</v>
+        <v>405</v>
       </c>
       <c r="F323" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G323" t="s">
         <v>66</v>
       </c>
       <c r="H323" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C324">
         <v>47</v>
       </c>
       <c r="D324" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="E324" t="s">
-        <v>356</v>
+        <v>93</v>
       </c>
       <c r="F324" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G324" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="H324" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C325">
         <v>47</v>
       </c>
       <c r="D325" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E325" t="s">
-        <v>97</v>
+        <v>448</v>
       </c>
       <c r="F325" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G325" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H325" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C326">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D326" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="E326" t="s">
-        <v>236</v>
+        <v>358</v>
       </c>
       <c r="F326" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="G326" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H326" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C327">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D327" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="E327" t="s">
-        <v>262</v>
+        <v>97</v>
       </c>
       <c r="F327" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G327" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H327" t="s">
-        <v>504</v>
+        <v>58</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
         <v>505</v>
       </c>
       <c r="C328">
         <v>46</v>
       </c>
       <c r="D328" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E328" t="s">
-        <v>356</v>
+        <v>236</v>
       </c>
       <c r="F328" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G328" t="s">
-        <v>123</v>
+        <v>57</v>
       </c>
       <c r="H328" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
         <v>506</v>
       </c>
       <c r="C329">
         <v>46</v>
       </c>
       <c r="D329" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="E329" t="s">
-        <v>403</v>
+        <v>262</v>
       </c>
       <c r="F329" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G329" t="s">
         <v>66</v>
       </c>
       <c r="H329" t="s">
-        <v>58</v>
+        <v>507</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C330">
         <v>46</v>
       </c>
       <c r="D330" t="s">
-        <v>102</v>
+        <v>63</v>
       </c>
       <c r="E330" t="s">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="F330" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G330" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="H330" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C331">
         <v>46</v>
       </c>
       <c r="D331" t="s">
-        <v>276</v>
+        <v>148</v>
       </c>
       <c r="E331" t="s">
-        <v>446</v>
+        <v>405</v>
       </c>
       <c r="F331" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G331" t="s">
         <v>66</v>
       </c>
       <c r="H331" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C332">
         <v>46</v>
       </c>
       <c r="D332" t="s">
         <v>102</v>
       </c>
       <c r="E332" t="s">
-        <v>103</v>
+        <v>310</v>
       </c>
       <c r="F332" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G332" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="H332" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C333">
         <v>46</v>
       </c>
       <c r="D333" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E333" t="s">
-        <v>511</v>
+        <v>448</v>
       </c>
       <c r="F333" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G333" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H333" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
         <v>512</v>
       </c>
       <c r="C334">
         <v>46</v>
       </c>
       <c r="D334" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E334" t="s">
-        <v>340</v>
+        <v>103</v>
       </c>
       <c r="F334" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G334" t="s">
         <v>18</v>
       </c>
       <c r="H334" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
         <v>513</v>
       </c>
       <c r="C335">
         <v>46</v>
       </c>
       <c r="D335" t="s">
         <v>102</v>
       </c>
       <c r="E335" t="s">
-        <v>303</v>
+        <v>514</v>
       </c>
       <c r="F335" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G335" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H335" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C336">
         <v>46</v>
       </c>
       <c r="D336" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
       <c r="E336" t="s">
-        <v>49</v>
+        <v>342</v>
       </c>
       <c r="F336" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G336" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H336" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C337">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D337" t="s">
         <v>102</v>
       </c>
       <c r="E337" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F337" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G337" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="H337" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C338">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D338" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E338" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F338" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G338" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="H338" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C339">
         <v>45</v>
       </c>
       <c r="D339" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E339" t="s">
-        <v>462</v>
+        <v>305</v>
       </c>
       <c r="F339" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G339" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H339" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C340">
         <v>45</v>
       </c>
       <c r="D340" t="s">
         <v>25</v>
       </c>
       <c r="E340" t="s">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="F340" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G340" t="s">
-        <v>519</v>
+        <v>66</v>
       </c>
       <c r="H340" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>520</v>
       </c>
       <c r="C341">
         <v>45</v>
       </c>
       <c r="D341" t="s">
         <v>276</v>
       </c>
       <c r="E341" t="s">
-        <v>340</v>
+        <v>464</v>
       </c>
       <c r="F341" t="s">
-        <v>306</v>
+        <v>243</v>
       </c>
       <c r="G341" t="s">
         <v>66</v>
       </c>
       <c r="H341" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>521</v>
       </c>
       <c r="C342">
         <v>45</v>
       </c>
       <c r="D342" t="s">
-        <v>276</v>
+        <v>25</v>
       </c>
       <c r="E342" t="s">
-        <v>467</v>
+        <v>236</v>
       </c>
       <c r="F342" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="G342" t="s">
-        <v>146</v>
+        <v>522</v>
       </c>
       <c r="H342" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C343">
         <v>45</v>
       </c>
       <c r="D343" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="E343" t="s">
-        <v>97</v>
+        <v>342</v>
       </c>
       <c r="F343" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="G343" t="s">
         <v>66</v>
       </c>
       <c r="H343" t="s">
-        <v>523</v>
+        <v>58</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
         <v>524</v>
       </c>
       <c r="C344">
         <v>45</v>
       </c>
       <c r="D344" t="s">
         <v>276</v>
       </c>
       <c r="E344" t="s">
-        <v>425</v>
+        <v>469</v>
       </c>
       <c r="F344" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G344" t="s">
-        <v>66</v>
+        <v>146</v>
       </c>
       <c r="H344" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
         <v>525</v>
       </c>
       <c r="C345">
         <v>45</v>
       </c>
       <c r="D345" t="s">
-        <v>276</v>
+        <v>42</v>
       </c>
       <c r="E345" t="s">
-        <v>485</v>
+        <v>97</v>
       </c>
       <c r="F345" t="s">
-        <v>306</v>
+        <v>17</v>
       </c>
       <c r="G345" t="s">
         <v>66</v>
       </c>
       <c r="H345" t="s">
-        <v>58</v>
+        <v>526</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C346">
         <v>45</v>
       </c>
       <c r="D346" t="s">
         <v>276</v>
       </c>
       <c r="E346" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F346" t="s">
-        <v>243</v>
+        <v>308</v>
       </c>
       <c r="G346" t="s">
         <v>66</v>
       </c>
       <c r="H346" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C347">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D347" t="s">
         <v>276</v>
       </c>
       <c r="E347" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F347" t="s">
-        <v>243</v>
+        <v>308</v>
       </c>
       <c r="G347" t="s">
         <v>66</v>
       </c>
       <c r="H347" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C348">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D348" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E348" t="s">
-        <v>221</v>
+        <v>427</v>
       </c>
       <c r="F348" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G348" t="s">
         <v>66</v>
       </c>
       <c r="H348" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C349">
         <v>44</v>
       </c>
       <c r="D349" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
       <c r="E349" t="s">
-        <v>10</v>
+        <v>487</v>
       </c>
       <c r="F349" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G349" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="H349" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C350">
         <v>44</v>
       </c>
       <c r="D350" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E350" t="s">
-        <v>127</v>
+        <v>221</v>
       </c>
       <c r="F350" t="s">
         <v>65</v>
       </c>
       <c r="G350" t="s">
         <v>66</v>
       </c>
       <c r="H350" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C351">
         <v>44</v>
       </c>
       <c r="D351" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="E351" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="F351" t="s">
         <v>17</v>
       </c>
       <c r="G351" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="H351" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C352">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D352" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="E352" t="s">
-        <v>533</v>
+        <v>127</v>
       </c>
       <c r="F352" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="G352" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H352" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
         <v>534</v>
       </c>
       <c r="C353">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D353" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E353" t="s">
-        <v>467</v>
+        <v>54</v>
       </c>
       <c r="F353" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G353" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H353" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
         <v>535</v>
       </c>
       <c r="C354">
         <v>43</v>
       </c>
       <c r="D354" t="s">
-        <v>276</v>
+        <v>37</v>
       </c>
       <c r="E354" t="s">
-        <v>485</v>
+        <v>536</v>
       </c>
       <c r="F354" t="s">
-        <v>243</v>
+        <v>51</v>
       </c>
       <c r="G354" t="s">
         <v>18</v>
       </c>
       <c r="H354" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C355">
         <v>43</v>
       </c>
       <c r="D355" t="s">
         <v>276</v>
       </c>
       <c r="E355" t="s">
-        <v>425</v>
+        <v>469</v>
       </c>
       <c r="F355" t="s">
-        <v>243</v>
+        <v>475</v>
       </c>
       <c r="G355" t="s">
         <v>66</v>
       </c>
       <c r="H355" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C356">
         <v>43</v>
       </c>
       <c r="D356" t="s">
         <v>276</v>
       </c>
       <c r="E356" t="s">
-        <v>425</v>
+        <v>487</v>
       </c>
       <c r="F356" t="s">
         <v>243</v>
       </c>
       <c r="G356" t="s">
         <v>18</v>
       </c>
       <c r="H356" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C357">
         <v>43</v>
       </c>
       <c r="D357" t="s">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="E357" t="s">
-        <v>356</v>
+        <v>427</v>
       </c>
       <c r="F357" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G357" t="s">
-        <v>476</v>
+        <v>66</v>
       </c>
       <c r="H357" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C358">
         <v>43</v>
       </c>
       <c r="D358" t="s">
         <v>276</v>
       </c>
       <c r="E358" t="s">
-        <v>540</v>
+        <v>427</v>
       </c>
       <c r="F358" t="s">
         <v>243</v>
       </c>
       <c r="G358" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H358" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
         <v>541</v>
       </c>
       <c r="C359">
         <v>43</v>
       </c>
       <c r="D359" t="s">
-        <v>132</v>
+        <v>63</v>
       </c>
       <c r="E359" t="s">
-        <v>542</v>
+        <v>358</v>
       </c>
       <c r="F359" t="s">
         <v>17</v>
       </c>
       <c r="G359" t="s">
-        <v>18</v>
+        <v>478</v>
       </c>
       <c r="H359" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C360">
         <v>43</v>
       </c>
       <c r="D360" t="s">
         <v>276</v>
       </c>
       <c r="E360" t="s">
-        <v>462</v>
+        <v>543</v>
       </c>
       <c r="F360" t="s">
         <v>243</v>
       </c>
       <c r="G360" t="s">
         <v>66</v>
       </c>
       <c r="H360" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>544</v>
       </c>
       <c r="C361">
         <v>43</v>
       </c>
       <c r="D361" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E361" t="s">
-        <v>221</v>
+        <v>545</v>
       </c>
       <c r="F361" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G361" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H361" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C362">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D362" t="s">
         <v>276</v>
       </c>
       <c r="E362" t="s">
-        <v>305</v>
+        <v>464</v>
       </c>
       <c r="F362" t="s">
         <v>243</v>
       </c>
       <c r="G362" t="s">
         <v>66</v>
       </c>
       <c r="H362" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C363">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D363" t="s">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="E363" t="s">
-        <v>262</v>
+        <v>221</v>
       </c>
       <c r="F363" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G363" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H363" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C364">
         <v>42</v>
       </c>
       <c r="D364" t="s">
         <v>276</v>
       </c>
       <c r="E364" t="s">
-        <v>485</v>
+        <v>307</v>
       </c>
       <c r="F364" t="s">
         <v>243</v>
       </c>
       <c r="G364" t="s">
         <v>66</v>
       </c>
       <c r="H364" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C365">
         <v>42</v>
       </c>
       <c r="D365" t="s">
-        <v>25</v>
+        <v>156</v>
       </c>
       <c r="E365" t="s">
-        <v>26</v>
+        <v>262</v>
       </c>
       <c r="F365" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G365" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H365" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C366">
         <v>42</v>
       </c>
       <c r="D366" t="s">
         <v>276</v>
       </c>
       <c r="E366" t="s">
-        <v>340</v>
+        <v>487</v>
       </c>
       <c r="F366" t="s">
         <v>243</v>
       </c>
       <c r="G366" t="s">
         <v>66</v>
       </c>
       <c r="H366" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C367">
         <v>42</v>
       </c>
       <c r="D367" t="s">
-        <v>276</v>
+        <v>25</v>
       </c>
       <c r="E367" t="s">
-        <v>446</v>
+        <v>26</v>
       </c>
       <c r="F367" t="s">
-        <v>306</v>
+        <v>65</v>
       </c>
       <c r="G367" t="s">
         <v>66</v>
       </c>
       <c r="H367" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C368">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D368" t="s">
-        <v>102</v>
+        <v>276</v>
       </c>
       <c r="E368" t="s">
-        <v>103</v>
+        <v>342</v>
       </c>
       <c r="F368" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G368" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="H368" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C369">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D369" t="s">
-        <v>37</v>
+        <v>276</v>
       </c>
       <c r="E369" t="s">
-        <v>160</v>
+        <v>448</v>
       </c>
       <c r="F369" t="s">
-        <v>224</v>
+        <v>308</v>
       </c>
       <c r="G369" t="s">
         <v>66</v>
       </c>
       <c r="H369" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C370">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D370" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="E370" t="s">
-        <v>133</v>
+        <v>103</v>
       </c>
       <c r="F370" t="s">
         <v>50</v>
       </c>
       <c r="G370" t="s">
-        <v>12</v>
+        <v>113</v>
       </c>
       <c r="H370" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C371">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D371" t="s">
-        <v>132</v>
+        <v>37</v>
       </c>
       <c r="E371" t="s">
-        <v>542</v>
+        <v>160</v>
       </c>
       <c r="F371" t="s">
-        <v>11</v>
+        <v>224</v>
       </c>
       <c r="G371" t="s">
-        <v>555</v>
+        <v>66</v>
       </c>
       <c r="H371" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>556</v>
       </c>
       <c r="C372">
         <v>31</v>
       </c>
       <c r="D372" t="s">
         <v>132</v>
       </c>
       <c r="E372" t="s">
         <v>133</v>
       </c>
       <c r="F372" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G372" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H372" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
         <v>557</v>
       </c>
       <c r="C373">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D373" t="s">
         <v>132</v>
       </c>
       <c r="E373" t="s">
-        <v>166</v>
+        <v>545</v>
       </c>
       <c r="F373" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G373" t="s">
-        <v>18</v>
+        <v>558</v>
       </c>
       <c r="H373" t="s">
-        <v>558</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>559</v>
       </c>
       <c r="C374">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D374" t="s">
         <v>132</v>
       </c>
       <c r="E374" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="F374" t="s">
-        <v>473</v>
+        <v>17</v>
       </c>
       <c r="G374" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="H374" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>560</v>
       </c>
       <c r="C375">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D375" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="E375" t="s">
-        <v>533</v>
+        <v>166</v>
       </c>
       <c r="F375" t="s">
+        <v>17</v>
+      </c>
+      <c r="G375" t="s">
+        <v>18</v>
+      </c>
+      <c r="H375" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>562</v>
       </c>
       <c r="C376">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D376" t="s">
         <v>132</v>
       </c>
       <c r="E376" t="s">
-        <v>542</v>
+        <v>166</v>
       </c>
       <c r="F376" t="s">
-        <v>65</v>
+        <v>475</v>
       </c>
       <c r="G376" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="H376" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
         <v>563</v>
       </c>
       <c r="C377">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D377" t="s">
-        <v>132</v>
+        <v>37</v>
       </c>
       <c r="E377" t="s">
-        <v>133</v>
+        <v>536</v>
       </c>
       <c r="F377" t="s">
-        <v>65</v>
+        <v>564</v>
       </c>
       <c r="G377" t="s">
-        <v>66</v>
+        <v>257</v>
       </c>
       <c r="H377" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C378">
         <v>15</v>
       </c>
       <c r="D378" t="s">
         <v>132</v>
       </c>
       <c r="E378" t="s">
-        <v>133</v>
+        <v>545</v>
       </c>
       <c r="F378" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G378" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H378" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C379">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D379" t="s">
         <v>132</v>
       </c>
       <c r="E379" t="s">
         <v>133</v>
       </c>
       <c r="F379" t="s">
         <v>65</v>
       </c>
       <c r="G379" t="s">
         <v>66</v>
       </c>
       <c r="H379" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C380">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D380" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="E380" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="F380" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G380" t="s">
-        <v>567</v>
+        <v>18</v>
       </c>
       <c r="H380" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
         <v>568</v>
       </c>
       <c r="C381">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D381" t="s">
         <v>132</v>
       </c>
       <c r="E381" t="s">
-        <v>542</v>
+        <v>133</v>
       </c>
       <c r="F381" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G381" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="H381" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>569</v>
       </c>
       <c r="C382">
         <v>10</v>
       </c>
       <c r="D382" t="s">
-        <v>132</v>
+        <v>71</v>
       </c>
       <c r="E382" t="s">
-        <v>272</v>
+        <v>112</v>
       </c>
       <c r="F382" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="G382" t="s">
-        <v>18</v>
+        <v>570</v>
       </c>
       <c r="H382" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C383">
         <v>10</v>
       </c>
       <c r="D383" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E383" t="s">
-        <v>221</v>
+        <v>545</v>
       </c>
       <c r="F383" t="s">
         <v>17</v>
       </c>
       <c r="G383" t="s">
-        <v>571</v>
+        <v>81</v>
       </c>
       <c r="H383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>572</v>
       </c>
       <c r="C384">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D384" t="s">
         <v>132</v>
       </c>
       <c r="E384" t="s">
-        <v>166</v>
+        <v>272</v>
       </c>
       <c r="F384" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G384" t="s">
         <v>18</v>
       </c>
       <c r="H384" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>573</v>
       </c>
       <c r="C385">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D385" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E385" t="s">
-        <v>462</v>
+        <v>221</v>
       </c>
       <c r="F385" t="s">
+        <v>17</v>
+      </c>
+      <c r="G385" t="s">
         <v>574</v>
       </c>
-      <c r="G385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H385" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
         <v>575</v>
       </c>
       <c r="C386">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D386" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E386" t="s">
-        <v>485</v>
+        <v>166</v>
       </c>
       <c r="F386" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
       <c r="G386" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
       <c r="H386" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
         <v>576</v>
       </c>
       <c r="C387">
         <v>5</v>
       </c>
       <c r="D387" t="s">
         <v>276</v>
       </c>
       <c r="E387" t="s">
-        <v>425</v>
+        <v>464</v>
       </c>
       <c r="F387" t="s">
         <v>577</v>
       </c>
       <c r="G387" t="s">
         <v>66</v>
       </c>
       <c r="H387" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
         <v>578</v>
       </c>
       <c r="C388">
         <v>5</v>
       </c>
       <c r="D388" t="s">
-        <v>156</v>
+        <v>276</v>
       </c>
       <c r="E388" t="s">
-        <v>234</v>
+        <v>487</v>
       </c>
       <c r="F388" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G388" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H388" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
         <v>579</v>
       </c>
       <c r="C389">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D389" t="s">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="E389" t="s">
-        <v>133</v>
+        <v>427</v>
       </c>
       <c r="F389" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="G389" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="H389" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C390">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D390" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="E390" t="s">
-        <v>153</v>
+        <v>234</v>
       </c>
       <c r="F390" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G390" t="s">
-        <v>581</v>
+        <v>66</v>
       </c>
       <c r="H390" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>582</v>
       </c>
       <c r="C391">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D391" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E391" t="s">
-        <v>308</v>
+        <v>133</v>
       </c>
       <c r="F391" t="s">
         <v>17</v>
       </c>
       <c r="G391" t="s">
-        <v>583</v>
+        <v>123</v>
       </c>
       <c r="H391" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
+        <v>583</v>
+      </c>
+      <c r="C392">
+        <v>2</v>
+      </c>
+      <c r="D392" t="s">
+        <v>132</v>
+      </c>
+      <c r="E392" t="s">
+        <v>153</v>
+      </c>
+      <c r="F392" t="s">
+        <v>17</v>
+      </c>
+      <c r="G392" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H392" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C393">
         <v>1</v>
       </c>
       <c r="D393" t="s">
         <v>102</v>
       </c>
       <c r="E393" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F393" t="s">
         <v>17</v>
       </c>
       <c r="G393" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="H393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
+        <v>587</v>
+      </c>
+      <c r="C394">
+        <v>1</v>
+      </c>
+      <c r="D394" t="s">
+        <v>37</v>
+      </c>
+      <c r="E394" t="s">
+        <v>536</v>
+      </c>
+      <c r="F394" t="s">
         <v>588</v>
       </c>
-      <c r="C394">
-[...10 lines deleted...]
-      </c>
       <c r="G394" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H394" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
         <v>589</v>
       </c>
       <c r="C395">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D395" t="s">
         <v>102</v>
       </c>
       <c r="E395" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="F395" t="s">
         <v>17</v>
       </c>
       <c r="G395" t="s">
-        <v>57</v>
+        <v>590</v>
       </c>
       <c r="H395" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C396">
         <v>0</v>
       </c>
       <c r="D396" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E396" t="s">
-        <v>462</v>
+        <v>54</v>
       </c>
       <c r="F396" t="s">
-        <v>243</v>
+        <v>17</v>
       </c>
       <c r="G396" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H396" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C397">
         <v>0</v>
       </c>
       <c r="D397" t="s">
-        <v>9</v>
+        <v>102</v>
       </c>
       <c r="E397" t="s">
-        <v>10</v>
+        <v>305</v>
       </c>
       <c r="F397" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G397" t="s">
-        <v>592</v>
+        <v>57</v>
       </c>
       <c r="H397" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>593</v>
       </c>
       <c r="C398">
         <v>0</v>
       </c>
       <c r="D398" t="s">
-        <v>53</v>
+        <v>276</v>
       </c>
       <c r="E398" t="s">
-        <v>176</v>
+        <v>464</v>
       </c>
       <c r="F398" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G398" t="s">
-        <v>594</v>
+        <v>66</v>
       </c>
       <c r="H398" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C399">
         <v>0</v>
       </c>
       <c r="D399" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="E399" t="s">
-        <v>356</v>
+        <v>10</v>
       </c>
       <c r="F399" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G399" t="s">
-        <v>123</v>
+        <v>595</v>
       </c>
       <c r="H399" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>596</v>
       </c>
       <c r="C400">
         <v>0</v>
       </c>
       <c r="D400" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="E400" t="s">
+        <v>176</v>
+      </c>
+      <c r="F400" t="s">
+        <v>17</v>
+      </c>
+      <c r="G400" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H400" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>598</v>
       </c>
       <c r="C401">
         <v>0</v>
       </c>
       <c r="D401" t="s">
-        <v>276</v>
+        <v>63</v>
       </c>
       <c r="E401" t="s">
-        <v>425</v>
+        <v>358</v>
       </c>
       <c r="F401" t="s">
-        <v>577</v>
+        <v>17</v>
       </c>
       <c r="G401" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="H401" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
         <v>599</v>
       </c>
       <c r="C402">
         <v>0</v>
       </c>
       <c r="D402" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E402" t="s">
-        <v>277</v>
+        <v>600</v>
       </c>
       <c r="F402" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="G402" t="s">
         <v>66</v>
       </c>
       <c r="H402" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C403">
         <v>0</v>
       </c>
       <c r="D403" t="s">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="E403" t="s">
-        <v>153</v>
+        <v>427</v>
       </c>
       <c r="F403" t="s">
-        <v>65</v>
+        <v>580</v>
       </c>
       <c r="G403" t="s">
         <v>66</v>
       </c>
       <c r="H403" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C404">
         <v>0</v>
       </c>
       <c r="D404" t="s">
-        <v>156</v>
+        <v>276</v>
       </c>
       <c r="E404" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="F404" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G404" t="s">
-        <v>602</v>
+        <v>66</v>
       </c>
       <c r="H404" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
         <v>603</v>
       </c>
       <c r="C405">
         <v>0</v>
       </c>
       <c r="D405" t="s">
         <v>132</v>
       </c>
       <c r="E405" t="s">
-        <v>604</v>
+        <v>153</v>
       </c>
       <c r="F405" t="s">
-        <v>605</v>
+        <v>65</v>
       </c>
       <c r="G405" t="s">
         <v>66</v>
       </c>
       <c r="H405" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C406">
         <v>0</v>
       </c>
       <c r="D406" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
       <c r="E406" t="s">
-        <v>425</v>
+        <v>209</v>
       </c>
       <c r="F406" t="s">
         <v>243</v>
       </c>
       <c r="G406" t="s">
         <v>66</v>
       </c>
       <c r="H406" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="C407">
         <v>0</v>
       </c>
       <c r="D407" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="E407" t="s">
-        <v>16</v>
+        <v>262</v>
       </c>
       <c r="F407" t="s">
-        <v>243</v>
+        <v>50</v>
       </c>
       <c r="G407" t="s">
-        <v>66</v>
+        <v>606</v>
       </c>
       <c r="H407" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="C408">
         <v>0</v>
       </c>
       <c r="D408" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E408" t="s">
-        <v>340</v>
+        <v>608</v>
       </c>
       <c r="F408" t="s">
-        <v>243</v>
+        <v>609</v>
       </c>
       <c r="G408" t="s">
         <v>66</v>
       </c>
       <c r="H408" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C409">
         <v>0</v>
       </c>
       <c r="D409" t="s">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="E409" t="s">
-        <v>272</v>
+        <v>427</v>
       </c>
       <c r="F409" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G409" t="s">
         <v>66</v>
       </c>
       <c r="H409" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C410">
         <v>0</v>
       </c>
       <c r="D410" t="s">
-        <v>276</v>
+        <v>15</v>
       </c>
       <c r="E410" t="s">
-        <v>305</v>
+        <v>16</v>
       </c>
       <c r="F410" t="s">
         <v>243</v>
       </c>
       <c r="G410" t="s">
         <v>66</v>
       </c>
       <c r="H410" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C411">
         <v>0</v>
       </c>
       <c r="D411" t="s">
-        <v>148</v>
+        <v>276</v>
       </c>
       <c r="E411" t="s">
-        <v>403</v>
+        <v>342</v>
       </c>
       <c r="F411" t="s">
-        <v>50</v>
+        <v>243</v>
       </c>
       <c r="G411" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="H411" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C412">
         <v>0</v>
       </c>
       <c r="D412" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E412" t="s">
-        <v>303</v>
+        <v>272</v>
       </c>
       <c r="F412" t="s">
         <v>65</v>
       </c>
       <c r="G412" t="s">
         <v>66</v>
       </c>
       <c r="H412" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C413">
         <v>0</v>
       </c>
       <c r="D413" t="s">
-        <v>156</v>
+        <v>276</v>
       </c>
       <c r="E413" t="s">
-        <v>234</v>
+        <v>307</v>
       </c>
       <c r="F413" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G413" t="s">
-        <v>257</v>
+        <v>66</v>
       </c>
       <c r="H413" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C414">
         <v>0</v>
       </c>
       <c r="D414" t="s">
-        <v>276</v>
+        <v>148</v>
       </c>
       <c r="E414" t="s">
-        <v>462</v>
+        <v>405</v>
       </c>
       <c r="F414" t="s">
-        <v>243</v>
+        <v>50</v>
       </c>
       <c r="G414" t="s">
-        <v>66</v>
+        <v>119</v>
       </c>
       <c r="H414" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C415">
         <v>0</v>
       </c>
       <c r="D415" t="s">
         <v>102</v>
       </c>
       <c r="E415" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F415" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="G415" t="s">
         <v>66</v>
       </c>
       <c r="H415" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C416">
         <v>0</v>
       </c>
       <c r="D416" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="E416" t="s">
-        <v>597</v>
+        <v>234</v>
       </c>
       <c r="F416" t="s">
-        <v>605</v>
+        <v>17</v>
       </c>
       <c r="G416" t="s">
-        <v>66</v>
+        <v>257</v>
       </c>
       <c r="H416" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C417">
         <v>0</v>
       </c>
       <c r="D417" t="s">
-        <v>46</v>
+        <v>276</v>
       </c>
       <c r="E417" t="s">
-        <v>86</v>
+        <v>464</v>
       </c>
       <c r="F417" t="s">
         <v>243</v>
       </c>
       <c r="G417" t="s">
         <v>66</v>
       </c>
       <c r="H417" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C418">
         <v>0</v>
       </c>
       <c r="D418" t="s">
-        <v>276</v>
+        <v>102</v>
       </c>
       <c r="E418" t="s">
-        <v>467</v>
+        <v>305</v>
       </c>
       <c r="F418" t="s">
         <v>243</v>
       </c>
       <c r="G418" t="s">
         <v>66</v>
       </c>
       <c r="H418" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C419">
         <v>0</v>
       </c>
       <c r="D419" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E419" t="s">
-        <v>308</v>
+        <v>600</v>
       </c>
       <c r="F419" t="s">
-        <v>65</v>
+        <v>609</v>
       </c>
       <c r="G419" t="s">
         <v>66</v>
       </c>
       <c r="H419" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C420">
         <v>0</v>
       </c>
       <c r="D420" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E420" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="F420" t="s">
-        <v>17</v>
+        <v>243</v>
       </c>
       <c r="G420" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="H420" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C421">
         <v>0</v>
       </c>
       <c r="D421" t="s">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="E421" t="s">
-        <v>153</v>
+        <v>469</v>
       </c>
       <c r="F421" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="G421" t="s">
         <v>66</v>
       </c>
       <c r="H421" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C422">
         <v>0</v>
       </c>
       <c r="D422" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="E422" t="s">
-        <v>623</v>
+        <v>310</v>
       </c>
       <c r="F422" t="s">
-        <v>180</v>
+        <v>65</v>
       </c>
       <c r="G422" t="s">
         <v>66</v>
       </c>
       <c r="H422" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
         <v>624</v>
       </c>
       <c r="C423">
         <v>0</v>
       </c>
       <c r="D423" t="s">
-        <v>132</v>
+        <v>42</v>
       </c>
       <c r="E423" t="s">
-        <v>153</v>
+        <v>43</v>
       </c>
       <c r="F423" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G423" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H423" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>625</v>
       </c>
       <c r="C424">
         <v>0</v>
       </c>
       <c r="D424" t="s">
         <v>132</v>
       </c>
       <c r="E424" t="s">
-        <v>597</v>
+        <v>153</v>
       </c>
       <c r="F424" t="s">
-        <v>605</v>
+        <v>65</v>
       </c>
       <c r="G424" t="s">
         <v>66</v>
       </c>
       <c r="H424" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>626</v>
       </c>
       <c r="C425">
         <v>0</v>
       </c>
       <c r="D425" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E425" t="s">
-        <v>467</v>
+        <v>627</v>
       </c>
       <c r="F425" t="s">
-        <v>627</v>
+        <v>180</v>
       </c>
       <c r="G425" t="s">
         <v>66</v>
       </c>
       <c r="H425" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
         <v>628</v>
       </c>
       <c r="C426">
         <v>0</v>
       </c>
       <c r="D426" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="E426" t="s">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="F426" t="s">
-        <v>585</v>
+        <v>65</v>
       </c>
       <c r="G426" t="s">
         <v>66</v>
       </c>
       <c r="H426" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
         <v>629</v>
       </c>
       <c r="C427">
         <v>0</v>
       </c>
       <c r="D427" t="s">
         <v>132</v>
       </c>
       <c r="E427" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="F427" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="G427" t="s">
         <v>66</v>
       </c>
       <c r="H427" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
         <v>630</v>
       </c>
       <c r="C428">
         <v>0</v>
       </c>
       <c r="D428" t="s">
-        <v>132</v>
+        <v>276</v>
       </c>
       <c r="E428" t="s">
-        <v>153</v>
+        <v>469</v>
       </c>
       <c r="F428" t="s">
-        <v>17</v>
+        <v>631</v>
       </c>
       <c r="G428" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="H428" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C429">
         <v>0</v>
       </c>
       <c r="D429" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="E429" t="s">
-        <v>234</v>
+        <v>106</v>
       </c>
       <c r="F429" t="s">
-        <v>243</v>
+        <v>588</v>
       </c>
       <c r="G429" t="s">
         <v>66</v>
       </c>
       <c r="H429" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C430">
         <v>0</v>
       </c>
       <c r="D430" t="s">
         <v>132</v>
       </c>
       <c r="E430" t="s">
-        <v>166</v>
+        <v>608</v>
       </c>
       <c r="F430" t="s">
-        <v>65</v>
+        <v>609</v>
       </c>
       <c r="G430" t="s">
-        <v>633</v>
+        <v>66</v>
       </c>
       <c r="H430" t="s">
-        <v>634</v>
+        <v>58</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="C431">
         <v>0</v>
       </c>
       <c r="D431" t="s">
         <v>132</v>
       </c>
       <c r="E431" t="s">
-        <v>636</v>
+        <v>153</v>
       </c>
       <c r="F431" t="s">
-        <v>637</v>
+        <v>17</v>
       </c>
       <c r="G431" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="H431" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="C432">
         <v>0</v>
       </c>
       <c r="D432" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="E432" t="s">
-        <v>636</v>
+        <v>234</v>
       </c>
       <c r="F432" t="s">
-        <v>639</v>
+        <v>243</v>
       </c>
       <c r="G432" t="s">
         <v>66</v>
       </c>
       <c r="H432" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="C433">
         <v>0</v>
       </c>
       <c r="D433" t="s">
         <v>132</v>
       </c>
       <c r="E433" t="s">
         <v>166</v>
       </c>
       <c r="F433" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G433" t="s">
-        <v>18</v>
+        <v>637</v>
       </c>
       <c r="H433" t="s">
-        <v>19</v>
+        <v>638</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C434">
         <v>0</v>
       </c>
       <c r="D434" t="s">
         <v>132</v>
       </c>
       <c r="E434" t="s">
-        <v>604</v>
+        <v>640</v>
       </c>
       <c r="F434" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="G434" t="s">
         <v>66</v>
       </c>
       <c r="H434" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>642</v>
       </c>
       <c r="C435">
         <v>0</v>
       </c>
       <c r="D435" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="E435" t="s">
-        <v>308</v>
+        <v>640</v>
       </c>
       <c r="F435" t="s">
-        <v>17</v>
+        <v>643</v>
       </c>
       <c r="G435" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="H435" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C436">
         <v>0</v>
       </c>
       <c r="D436" t="s">
         <v>132</v>
       </c>
       <c r="E436" t="s">
-        <v>636</v>
+        <v>166</v>
       </c>
       <c r="F436" t="s">
-        <v>230</v>
+        <v>17</v>
       </c>
       <c r="G436" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="H436" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C437">
         <v>0</v>
       </c>
       <c r="D437" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="E437" t="s">
-        <v>176</v>
+        <v>608</v>
       </c>
       <c r="F437" t="s">
-        <v>65</v>
+        <v>609</v>
       </c>
       <c r="G437" t="s">
         <v>66</v>
       </c>
       <c r="H437" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C438">
         <v>0</v>
       </c>
       <c r="D438" t="s">
-        <v>189</v>
+        <v>102</v>
       </c>
       <c r="E438" t="s">
-        <v>431</v>
+        <v>310</v>
       </c>
       <c r="F438" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="G438" t="s">
-        <v>257</v>
+        <v>73</v>
       </c>
       <c r="H438" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C439">
         <v>0</v>
       </c>
       <c r="D439" t="s">
-        <v>276</v>
+        <v>132</v>
       </c>
       <c r="E439" t="s">
-        <v>305</v>
+        <v>640</v>
       </c>
       <c r="F439" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="G439" t="s">
         <v>66</v>
       </c>
       <c r="H439" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C440">
         <v>0</v>
       </c>
       <c r="D440" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="E440" t="s">
-        <v>272</v>
+        <v>176</v>
       </c>
       <c r="F440" t="s">
         <v>65</v>
       </c>
       <c r="G440" t="s">
-        <v>648</v>
+        <v>66</v>
       </c>
       <c r="H440" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
         <v>649</v>
       </c>
       <c r="C441">
         <v>0</v>
       </c>
       <c r="D441" t="s">
-        <v>132</v>
+        <v>189</v>
       </c>
       <c r="E441" t="s">
-        <v>166</v>
+        <v>433</v>
       </c>
       <c r="F441" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="G441" t="s">
-        <v>81</v>
+        <v>257</v>
       </c>
       <c r="H441" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
         <v>650</v>
       </c>
       <c r="C442">
         <v>0</v>
       </c>
       <c r="D442" t="s">
-        <v>63</v>
+        <v>276</v>
       </c>
       <c r="E442" t="s">
-        <v>356</v>
+        <v>307</v>
       </c>
       <c r="F442" t="s">
-        <v>11</v>
+        <v>243</v>
       </c>
       <c r="G442" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="H442" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>651</v>
       </c>
       <c r="C443">
         <v>0</v>
       </c>
       <c r="D443" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="E443" t="s">
+        <v>272</v>
+      </c>
+      <c r="F443" t="s">
+        <v>65</v>
+      </c>
+      <c r="G443" t="s">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H443" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
         <v>653</v>
       </c>
       <c r="C444">
         <v>0</v>
       </c>
       <c r="D444" t="s">
         <v>132</v>
       </c>
       <c r="E444" t="s">
+        <v>166</v>
+      </c>
+      <c r="F444" t="s">
+        <v>17</v>
+      </c>
+      <c r="G444" t="s">
+        <v>81</v>
+      </c>
+      <c r="H444" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445">
+        <v>444</v>
+      </c>
+      <c r="B445" t="s">
         <v>654</v>
       </c>
-      <c r="F444" t="s">
+      <c r="C445">
+        <v>0</v>
+      </c>
+      <c r="D445" t="s">
+        <v>63</v>
+      </c>
+      <c r="E445" t="s">
+        <v>358</v>
+      </c>
+      <c r="F445" t="s">
+        <v>11</v>
+      </c>
+      <c r="G445" t="s">
+        <v>12</v>
+      </c>
+      <c r="H445" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446">
+        <v>445</v>
+      </c>
+      <c r="B446" t="s">
         <v>655</v>
       </c>
-      <c r="G444" t="s">
-[...2 lines deleted...]
-      <c r="H444" t="s">
+      <c r="C446">
+        <v>0</v>
+      </c>
+      <c r="D446" t="s">
+        <v>37</v>
+      </c>
+      <c r="E446" t="s">
+        <v>656</v>
+      </c>
+      <c r="F446" t="s">
+        <v>588</v>
+      </c>
+      <c r="G446" t="s">
+        <v>66</v>
+      </c>
+      <c r="H446" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447">
+        <v>446</v>
+      </c>
+      <c r="B447" t="s">
+        <v>657</v>
+      </c>
+      <c r="C447">
+        <v>0</v>
+      </c>
+      <c r="D447" t="s">
+        <v>132</v>
+      </c>
+      <c r="E447" t="s">
+        <v>658</v>
+      </c>
+      <c r="F447" t="s">
+        <v>659</v>
+      </c>
+      <c r="G447" t="s">
+        <v>66</v>
+      </c>
+      <c r="H447" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>