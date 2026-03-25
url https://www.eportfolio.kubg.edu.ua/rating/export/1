--- v0 (2026-02-04)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="597">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="600">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -971,50 +971,56 @@
   <si>
     <t>Гаврилова Наталія Григорівна</t>
   </si>
   <si>
     <t>Кафедра спорту та фітнесу</t>
   </si>
   <si>
     <t>Голота Наталія Миколаївна</t>
   </si>
   <si>
     <t>Калашник Оксана Сергіївна</t>
   </si>
   <si>
     <t>ЦК іноземних мов</t>
   </si>
   <si>
     <t>Заступник директора</t>
   </si>
   <si>
     <t>Лахно Наталія Валентинівна</t>
   </si>
   <si>
     <t>Ловейко Тетяна Володимирівна</t>
   </si>
   <si>
+    <t>Палійчук Еліна Олександрівна</t>
+  </si>
+  <si>
+    <t>Доцент кафедри лінгвістики та перекладу</t>
+  </si>
+  <si>
     <t>Романенко Людмила Віталіївна</t>
   </si>
   <si>
     <t>Савченко Юрій Юрійович</t>
   </si>
   <si>
     <t>Василевич Марта Олексіївна</t>
   </si>
   <si>
     <t>Глухенька Людмила Миколаївна</t>
   </si>
   <si>
     <t>Грищенко Леонід Володимирович</t>
   </si>
   <si>
     <t>ЦК суспільних дисциплін і правознавства</t>
   </si>
   <si>
     <t>Заєркова Наталія Віталіївна</t>
   </si>
   <si>
     <t>Ресурсний центр підтримки інклюзивної освіти</t>
   </si>
   <si>
     <t>Керівник центру</t>
@@ -1650,50 +1656,53 @@
     <t>Кацалап Олена Вікторівна</t>
   </si>
   <si>
     <t>Кузьменчук Ірина Василівна</t>
   </si>
   <si>
     <t>Назаров Сергій Іванович</t>
   </si>
   <si>
     <t>Олексенко Світлана Валер'янівна</t>
   </si>
   <si>
     <t>Паляниця Наталія Євгенівна</t>
   </si>
   <si>
     <t>Петрощук Наталія Романівна</t>
   </si>
   <si>
     <t>Подолинна Тетяна Тимофіївна</t>
   </si>
   <si>
     <t>Савченко Світлана Володимирівна</t>
   </si>
   <si>
     <t>Чанцева Ніна Іванівна</t>
+  </si>
+  <si>
+    <t>Єліна Валентина Вікторівна</t>
   </si>
   <si>
     <t>Алієва Ельміра Шаігівна</t>
   </si>
   <si>
     <t>Альошина Марина Дмитрівна</t>
   </si>
   <si>
     <t>Бабич Богдана Олександрівна</t>
   </si>
   <si>
     <t>Бертош Олександр Володимирович</t>
   </si>
   <si>
     <t>НМЦ інформаційних технологій</t>
   </si>
   <si>
     <t>Бонар Віталій Олегович</t>
   </si>
   <si>
     <t>Бондар Світлана Іванівна</t>
   </si>
   <si>
     <t>Братко Ірина Василівна</t>
   </si>
@@ -2149,51 +2158,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H394"/>
+  <dimension ref="A1:H396"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" customWidth="true" style="0"/>
     <col min="5" max="5" width="65" customWidth="true" style="0"/>
     <col min="6" max="6" width="65" customWidth="true" style="0"/>
     <col min="7" max="7" width="65" customWidth="true" style="0"/>
     <col min="8" max="8" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6753,5704 +6762,5756 @@
       </c>
       <c r="E176" t="s">
         <v>267</v>
       </c>
       <c r="F176" t="s">
         <v>172</v>
       </c>
       <c r="G176" t="s">
         <v>45</v>
       </c>
       <c r="H176" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
         <v>319</v>
       </c>
       <c r="C177">
         <v>34</v>
       </c>
       <c r="D177" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="E177" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="F177" t="s">
         <v>91</v>
       </c>
       <c r="G177" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H177" t="s">
-        <v>37</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C178">
         <v>34</v>
       </c>
       <c r="D178" t="s">
         <v>51</v>
       </c>
       <c r="E178" t="s">
-        <v>65</v>
+        <v>186</v>
       </c>
       <c r="F178" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G178" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="H178" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C179">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D179" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E179" t="s">
-        <v>161</v>
+        <v>65</v>
       </c>
       <c r="F179" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G179" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="H179" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C180">
         <v>33</v>
       </c>
       <c r="D180" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="E180" t="s">
-        <v>293</v>
+        <v>161</v>
       </c>
       <c r="F180" t="s">
-        <v>268</v>
+        <v>91</v>
       </c>
       <c r="G180" t="s">
         <v>45</v>
       </c>
       <c r="H180" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C181">
         <v>33</v>
       </c>
       <c r="D181" t="s">
         <v>195</v>
       </c>
       <c r="E181" t="s">
-        <v>324</v>
+        <v>293</v>
       </c>
       <c r="F181" t="s">
-        <v>172</v>
+        <v>268</v>
       </c>
       <c r="G181" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H181" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>325</v>
       </c>
       <c r="C182">
         <v>33</v>
       </c>
       <c r="D182" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E182" t="s">
         <v>326</v>
       </c>
       <c r="F182" t="s">
-        <v>327</v>
+        <v>172</v>
       </c>
       <c r="G182" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H182" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C183">
         <v>33</v>
       </c>
       <c r="D183" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="E183" t="s">
-        <v>214</v>
+        <v>328</v>
       </c>
       <c r="F183" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="G183" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H183" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C184">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D184" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="E184" t="s">
-        <v>110</v>
+        <v>214</v>
       </c>
       <c r="F184" t="s">
         <v>22</v>
       </c>
       <c r="G184" t="s">
-        <v>305</v>
+        <v>124</v>
       </c>
       <c r="H184" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C185">
         <v>32</v>
       </c>
       <c r="D185" t="s">
-        <v>39</v>
+        <v>109</v>
       </c>
       <c r="E185" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="F185" t="s">
         <v>22</v>
       </c>
       <c r="G185" t="s">
-        <v>23</v>
+        <v>305</v>
       </c>
       <c r="H185" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C186">
         <v>32</v>
       </c>
       <c r="D186" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="E186" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F186" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G186" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H186" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C187">
         <v>32</v>
       </c>
       <c r="D187" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E187" t="s">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="F187" t="s">
         <v>91</v>
       </c>
       <c r="G187" t="s">
         <v>45</v>
       </c>
       <c r="H187" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C188">
         <v>32</v>
       </c>
       <c r="D188" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="E188" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="F188" t="s">
         <v>91</v>
       </c>
       <c r="G188" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H188" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C189">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D189" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="E189" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
       <c r="F189" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G189" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="H189" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C190">
         <v>31</v>
       </c>
       <c r="D190" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E190" t="s">
-        <v>174</v>
+        <v>123</v>
       </c>
       <c r="F190" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G190" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="H190" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C191">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D191" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E191" t="s">
-        <v>101</v>
+        <v>174</v>
       </c>
       <c r="F191" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G191" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="H191" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C192">
         <v>30</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E192" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="F192" t="s">
-        <v>338</v>
+        <v>91</v>
       </c>
       <c r="G192" t="s">
         <v>45</v>
       </c>
       <c r="H192" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>339</v>
       </c>
       <c r="C193">
         <v>30</v>
       </c>
       <c r="D193" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="E193" t="s">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="F193" t="s">
-        <v>22</v>
+        <v>340</v>
       </c>
       <c r="G193" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H193" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C194">
         <v>30</v>
       </c>
       <c r="D194" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="E194" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="F194" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G194" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H194" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C195">
         <v>30</v>
       </c>
       <c r="D195" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="E195" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="F195" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="G195" t="s">
-        <v>217</v>
+        <v>23</v>
       </c>
       <c r="H195" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C196">
         <v>30</v>
       </c>
       <c r="D196" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="E196" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="F196" t="s">
-        <v>99</v>
+        <v>63</v>
       </c>
       <c r="G196" t="s">
-        <v>343</v>
+        <v>217</v>
       </c>
       <c r="H196" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>344</v>
       </c>
       <c r="C197">
         <v>30</v>
       </c>
       <c r="D197" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="E197" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="F197" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="G197" t="s">
-        <v>217</v>
+        <v>345</v>
       </c>
       <c r="H197" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C198">
         <v>30</v>
       </c>
       <c r="D198" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="E198" t="s">
-        <v>235</v>
+        <v>138</v>
       </c>
       <c r="F198" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G198" t="s">
-        <v>45</v>
+        <v>217</v>
       </c>
       <c r="H198" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C199">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D199" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="E199" t="s">
-        <v>214</v>
+        <v>235</v>
       </c>
       <c r="F199" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="G199" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H199" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C200">
         <v>29</v>
       </c>
       <c r="D200" t="s">
-        <v>20</v>
+        <v>163</v>
       </c>
       <c r="E200" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="F200" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="G200" t="s">
-        <v>348</v>
+        <v>124</v>
       </c>
       <c r="H200" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>349</v>
       </c>
       <c r="C201">
         <v>29</v>
       </c>
       <c r="D201" t="s">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>264</v>
+        <v>21</v>
       </c>
       <c r="F201" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G201" t="s">
-        <v>124</v>
+        <v>350</v>
       </c>
       <c r="H201" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C202">
         <v>29</v>
       </c>
       <c r="D202" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E202" t="s">
-        <v>174</v>
+        <v>264</v>
       </c>
       <c r="F202" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G202" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="H202" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C203">
         <v>29</v>
       </c>
       <c r="D203" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="E203" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="F203" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G203" t="s">
-        <v>352</v>
+        <v>23</v>
       </c>
       <c r="H203" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>353</v>
       </c>
       <c r="C204">
         <v>29</v>
       </c>
       <c r="D204" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="E204" t="s">
-        <v>138</v>
+        <v>183</v>
       </c>
       <c r="F204" t="s">
         <v>22</v>
       </c>
       <c r="G204" t="s">
-        <v>247</v>
+        <v>354</v>
       </c>
       <c r="H204" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C205">
         <v>29</v>
       </c>
       <c r="D205" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E205" t="s">
-        <v>71</v>
+        <v>138</v>
       </c>
       <c r="F205" t="s">
         <v>22</v>
       </c>
       <c r="G205" t="s">
-        <v>66</v>
+        <v>247</v>
       </c>
       <c r="H205" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C206">
         <v>29</v>
       </c>
       <c r="D206" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E206" t="s">
-        <v>315</v>
+        <v>71</v>
       </c>
       <c r="F206" t="s">
-        <v>268</v>
+        <v>22</v>
       </c>
       <c r="G206" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="H206" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C207">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D207" t="s">
-        <v>56</v>
+        <v>195</v>
       </c>
       <c r="E207" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="F207" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="G207" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="H207" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C208">
         <v>28</v>
       </c>
       <c r="D208" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="E208" t="s">
-        <v>261</v>
+        <v>312</v>
       </c>
       <c r="F208" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="G208" t="s">
-        <v>45</v>
+        <v>229</v>
       </c>
       <c r="H208" t="s">
-        <v>358</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
         <v>359</v>
       </c>
       <c r="C209">
         <v>28</v>
       </c>
       <c r="D209" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="E209" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="F209" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="G209" t="s">
         <v>45</v>
       </c>
       <c r="H209" t="s">
-        <v>37</v>
+        <v>360</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C210">
         <v>28</v>
       </c>
       <c r="D210" t="s">
-        <v>51</v>
+        <v>195</v>
       </c>
       <c r="E210" t="s">
-        <v>52</v>
+        <v>281</v>
       </c>
       <c r="F210" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G210" t="s">
         <v>45</v>
       </c>
       <c r="H210" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C211">
         <v>28</v>
       </c>
       <c r="D211" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="E211" t="s">
-        <v>264</v>
+        <v>52</v>
       </c>
       <c r="F211" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G211" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="H211" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C212">
         <v>28</v>
       </c>
       <c r="D212" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="E212" t="s">
-        <v>145</v>
+        <v>264</v>
       </c>
       <c r="F212" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G212" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="H212" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C213">
         <v>28</v>
       </c>
       <c r="D213" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="E213" t="s">
-        <v>264</v>
+        <v>145</v>
       </c>
       <c r="F213" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G213" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="H213" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C214">
         <v>28</v>
       </c>
       <c r="D214" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="E214" t="s">
-        <v>161</v>
+        <v>264</v>
       </c>
       <c r="F214" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G214" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H214" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C215">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D215" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="E215" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="F215" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G215" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="H215" t="s">
-        <v>366</v>
+        <v>37</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
         <v>367</v>
       </c>
       <c r="C216">
         <v>27</v>
       </c>
       <c r="D216" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E216" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="F216" t="s">
         <v>63</v>
       </c>
       <c r="G216" t="s">
         <v>81</v>
       </c>
       <c r="H216" t="s">
-        <v>13</v>
+        <v>368</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C217">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D217" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="E217" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="F217" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G217" t="s">
-        <v>124</v>
+        <v>81</v>
       </c>
       <c r="H217" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C218">
         <v>26</v>
       </c>
       <c r="D218" t="s">
-        <v>195</v>
+        <v>122</v>
       </c>
       <c r="E218" t="s">
-        <v>281</v>
+        <v>123</v>
       </c>
       <c r="F218" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G218" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="H218" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C219">
         <v>26</v>
       </c>
       <c r="D219" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="E219" t="s">
-        <v>101</v>
+        <v>281</v>
       </c>
       <c r="F219" t="s">
-        <v>31</v>
+        <v>172</v>
       </c>
       <c r="G219" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="H219" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C220">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D220" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E220" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="F220" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="G220" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="H220" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C221">
         <v>25</v>
       </c>
       <c r="D221" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E221" t="s">
-        <v>190</v>
+        <v>145</v>
       </c>
       <c r="F221" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G221" t="s">
-        <v>343</v>
+        <v>45</v>
       </c>
       <c r="H221" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C222">
         <v>25</v>
       </c>
       <c r="D222" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E222" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="F222" t="s">
         <v>22</v>
       </c>
       <c r="G222" t="s">
-        <v>23</v>
+        <v>345</v>
       </c>
       <c r="H222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C223">
         <v>25</v>
       </c>
       <c r="D223" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="E223" t="s">
-        <v>186</v>
+        <v>71</v>
       </c>
       <c r="F223" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>23</v>
       </c>
       <c r="H223" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C224">
         <v>25</v>
       </c>
       <c r="D224" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E224" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="F224" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="G224" t="s">
-        <v>376</v>
+        <v>23</v>
       </c>
       <c r="H224" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C225">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>43</v>
       </c>
       <c r="E225" t="s">
-        <v>44</v>
+        <v>161</v>
       </c>
       <c r="F225" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G225" t="s">
-        <v>45</v>
+        <v>378</v>
       </c>
       <c r="H225" t="s">
-        <v>37</v>
+        <v>379</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C226">
         <v>24</v>
       </c>
       <c r="D226" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E226" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F226" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G226" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H226" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C227">
         <v>24</v>
       </c>
       <c r="D227" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="E227" t="s">
-        <v>293</v>
+        <v>48</v>
       </c>
       <c r="F227" t="s">
-        <v>381</v>
+        <v>22</v>
       </c>
       <c r="G227" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H227" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
         <v>382</v>
       </c>
       <c r="C228">
         <v>24</v>
       </c>
       <c r="D228" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E228" t="s">
-        <v>116</v>
+        <v>293</v>
       </c>
       <c r="F228" t="s">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="G228" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="H228" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C229">
         <v>24</v>
       </c>
       <c r="D229" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E229" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="F229" t="s">
         <v>22</v>
       </c>
       <c r="G229" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="H229" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C230">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D230" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="E230" t="s">
-        <v>385</v>
+        <v>145</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H230" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>386</v>
       </c>
       <c r="C231">
         <v>23</v>
       </c>
       <c r="D231" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="E231" t="s">
-        <v>315</v>
+        <v>387</v>
       </c>
       <c r="F231" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G231" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H231" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C232">
         <v>23</v>
       </c>
       <c r="D232" t="s">
         <v>195</v>
       </c>
       <c r="E232" t="s">
-        <v>293</v>
+        <v>315</v>
       </c>
       <c r="F232" t="s">
         <v>172</v>
       </c>
       <c r="G232" t="s">
         <v>45</v>
       </c>
       <c r="H232" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C233">
         <v>23</v>
       </c>
       <c r="D233" t="s">
         <v>195</v>
       </c>
       <c r="E233" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="F233" t="s">
         <v>172</v>
       </c>
       <c r="G233" t="s">
         <v>45</v>
       </c>
       <c r="H233" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C234">
         <v>23</v>
       </c>
       <c r="D234" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="E234" t="s">
-        <v>123</v>
+        <v>281</v>
       </c>
       <c r="F234" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="G234" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="H234" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C235">
         <v>23</v>
       </c>
       <c r="D235" t="s">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="E235" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="F235" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G235" t="s">
-        <v>203</v>
+        <v>81</v>
       </c>
       <c r="H235" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C236">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D236" t="s">
-        <v>195</v>
+        <v>94</v>
       </c>
       <c r="E236" t="s">
-        <v>281</v>
+        <v>95</v>
       </c>
       <c r="F236" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G236" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="H236" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C237">
         <v>22</v>
       </c>
       <c r="D237" t="s">
         <v>195</v>
       </c>
       <c r="E237" t="s">
-        <v>309</v>
+        <v>281</v>
       </c>
       <c r="F237" t="s">
         <v>172</v>
       </c>
       <c r="G237" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H237" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C238">
         <v>22</v>
       </c>
       <c r="D238" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E238" t="s">
-        <v>44</v>
+        <v>309</v>
       </c>
       <c r="F238" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G238" t="s">
         <v>45</v>
       </c>
       <c r="H238" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C239">
         <v>22</v>
       </c>
       <c r="D239" t="s">
-        <v>129</v>
+        <v>43</v>
       </c>
       <c r="E239" t="s">
-        <v>130</v>
+        <v>44</v>
       </c>
       <c r="F239" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="G239" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H239" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C240">
         <v>22</v>
       </c>
       <c r="D240" t="s">
-        <v>56</v>
+        <v>129</v>
       </c>
       <c r="E240" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="F240" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G240" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H240" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C241">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D241" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="E241" t="s">
-        <v>309</v>
+        <v>57</v>
       </c>
       <c r="F241" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G241" t="s">
         <v>45</v>
       </c>
       <c r="H241" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C242">
         <v>21</v>
       </c>
       <c r="D242" t="s">
-        <v>76</v>
+        <v>195</v>
       </c>
       <c r="E242" t="s">
-        <v>398</v>
+        <v>309</v>
       </c>
       <c r="F242" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G242" t="s">
         <v>45</v>
       </c>
       <c r="H242" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
         <v>399</v>
       </c>
       <c r="C243">
         <v>21</v>
       </c>
       <c r="D243" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="E243" t="s">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="F243" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G243" t="s">
-        <v>400</v>
+        <v>45</v>
       </c>
       <c r="H243" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>401</v>
       </c>
       <c r="C244">
         <v>21</v>
       </c>
       <c r="D244" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="E244" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="F244" t="s">
         <v>22</v>
       </c>
       <c r="G244" t="s">
-        <v>124</v>
+        <v>402</v>
       </c>
       <c r="H244" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C245">
         <v>21</v>
       </c>
       <c r="D245" t="s">
-        <v>195</v>
+        <v>51</v>
       </c>
       <c r="E245" t="s">
-        <v>315</v>
+        <v>65</v>
       </c>
       <c r="F245" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G245" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="H245" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C246">
         <v>21</v>
       </c>
       <c r="D246" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E246" t="s">
-        <v>68</v>
+        <v>315</v>
       </c>
       <c r="F246" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G246" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H246" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C247">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D247" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E247" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="F247" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G247" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H247" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C248">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D248" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="E248" t="s">
-        <v>406</v>
+        <v>145</v>
       </c>
       <c r="F248" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G248" t="s">
-        <v>407</v>
+        <v>45</v>
       </c>
       <c r="H248" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C249">
         <v>19</v>
       </c>
       <c r="D249" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="E249" t="s">
-        <v>183</v>
+        <v>408</v>
       </c>
       <c r="F249" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G249" t="s">
-        <v>81</v>
+        <v>409</v>
       </c>
       <c r="H249" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C250">
         <v>19</v>
       </c>
       <c r="D250" t="s">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="E250" t="s">
-        <v>410</v>
+        <v>183</v>
       </c>
       <c r="F250" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="G250" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="H250" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
         <v>411</v>
       </c>
       <c r="C251">
         <v>19</v>
       </c>
       <c r="D251" t="s">
-        <v>61</v>
+        <v>129</v>
       </c>
       <c r="E251" t="s">
-        <v>190</v>
+        <v>412</v>
       </c>
       <c r="F251" t="s">
         <v>63</v>
       </c>
       <c r="G251" t="s">
         <v>84</v>
       </c>
       <c r="H251" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C252">
         <v>19</v>
       </c>
       <c r="D252" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="E252" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="F252" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G252" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="H252" t="s">
-        <v>413</v>
+        <v>13</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
         <v>414</v>
       </c>
       <c r="C253">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D253" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="E253" t="s">
-        <v>281</v>
+        <v>161</v>
       </c>
       <c r="F253" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G253" t="s">
         <v>45</v>
       </c>
       <c r="H253" t="s">
-        <v>37</v>
+        <v>415</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C254">
         <v>18</v>
       </c>
       <c r="D254" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E254" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="F254" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G254" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H254" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C255">
         <v>18</v>
       </c>
       <c r="D255" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E255" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="F255" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G255" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="H255" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C256">
         <v>18</v>
       </c>
       <c r="D256" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="E256" t="s">
-        <v>181</v>
+        <v>44</v>
       </c>
       <c r="F256" t="s">
         <v>91</v>
       </c>
       <c r="G256" t="s">
         <v>45</v>
       </c>
       <c r="H256" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C257">
         <v>18</v>
       </c>
       <c r="D257" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="E257" t="s">
-        <v>161</v>
+        <v>181</v>
       </c>
       <c r="F257" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G257" t="s">
-        <v>419</v>
+        <v>45</v>
       </c>
       <c r="H257" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>420</v>
       </c>
       <c r="C258">
         <v>18</v>
       </c>
       <c r="D258" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E258" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
       <c r="F258" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G258" t="s">
-        <v>23</v>
+        <v>421</v>
       </c>
       <c r="H258" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C259">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D259" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="E259" t="s">
-        <v>190</v>
+        <v>127</v>
       </c>
       <c r="F259" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G259" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H259" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C260">
         <v>17</v>
       </c>
       <c r="D260" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E260" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="F260" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G260" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H260" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C261">
         <v>17</v>
       </c>
       <c r="D261" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E261" t="s">
-        <v>267</v>
+        <v>71</v>
       </c>
       <c r="F261" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G261" t="s">
         <v>45</v>
       </c>
       <c r="H261" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C262">
         <v>17</v>
       </c>
       <c r="D262" t="s">
         <v>195</v>
       </c>
       <c r="E262" t="s">
-        <v>324</v>
+        <v>267</v>
       </c>
       <c r="F262" t="s">
         <v>172</v>
       </c>
       <c r="G262" t="s">
         <v>45</v>
       </c>
       <c r="H262" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C263">
         <v>17</v>
       </c>
       <c r="D263" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="E263" t="s">
-        <v>264</v>
+        <v>326</v>
       </c>
       <c r="F263" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="G263" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="H263" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C264">
         <v>17</v>
       </c>
       <c r="D264" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="E264" t="s">
-        <v>145</v>
+        <v>264</v>
       </c>
       <c r="F264" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G264" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="H264" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C265">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D265" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="E265" t="s">
-        <v>324</v>
+        <v>145</v>
       </c>
       <c r="F265" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G265" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H265" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C266">
         <v>16</v>
       </c>
       <c r="D266" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E266" t="s">
-        <v>161</v>
+        <v>326</v>
       </c>
       <c r="F266" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G266" t="s">
         <v>45</v>
       </c>
       <c r="H266" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C267">
         <v>16</v>
       </c>
       <c r="D267" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="E267" t="s">
-        <v>112</v>
+        <v>161</v>
       </c>
       <c r="F267" t="s">
         <v>91</v>
       </c>
       <c r="G267" t="s">
         <v>45</v>
       </c>
       <c r="H267" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C268">
         <v>16</v>
       </c>
       <c r="D268" t="s">
-        <v>195</v>
+        <v>56</v>
       </c>
       <c r="E268" t="s">
-        <v>267</v>
+        <v>112</v>
       </c>
       <c r="F268" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G268" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H268" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C269">
         <v>16</v>
       </c>
       <c r="D269" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="E269" t="s">
-        <v>123</v>
+        <v>267</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G269" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="H269" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C270">
         <v>16</v>
       </c>
       <c r="D270" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E270" t="s">
-        <v>174</v>
+        <v>123</v>
       </c>
       <c r="F270" t="s">
-        <v>316</v>
+        <v>22</v>
       </c>
       <c r="G270" t="s">
-        <v>66</v>
+        <v>124</v>
       </c>
       <c r="H270" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C271">
         <v>16</v>
       </c>
       <c r="D271" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E271" t="s">
-        <v>40</v>
+        <v>174</v>
       </c>
       <c r="F271" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="G271" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H271" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C272">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D272" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E272" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="F272" t="s">
         <v>22</v>
       </c>
       <c r="G272" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="H272" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C273">
         <v>15</v>
       </c>
       <c r="D273" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="E273" t="s">
-        <v>183</v>
+        <v>101</v>
       </c>
       <c r="F273" t="s">
         <v>22</v>
       </c>
       <c r="G273" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="H273" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C274">
         <v>15</v>
       </c>
       <c r="D274" t="s">
-        <v>195</v>
+        <v>109</v>
       </c>
       <c r="E274" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="F274" t="s">
-        <v>316</v>
+        <v>22</v>
       </c>
       <c r="G274" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H274" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C275">
         <v>15</v>
       </c>
       <c r="D275" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="E275" t="s">
-        <v>438</v>
+        <v>196</v>
       </c>
       <c r="F275" t="s">
-        <v>439</v>
+        <v>316</v>
       </c>
       <c r="G275" t="s">
-        <v>343</v>
+        <v>45</v>
       </c>
       <c r="H275" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="C276">
         <v>15</v>
       </c>
       <c r="D276" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="E276" t="s">
-        <v>267</v>
+        <v>440</v>
       </c>
       <c r="F276" t="s">
-        <v>172</v>
+        <v>441</v>
       </c>
       <c r="G276" t="s">
-        <v>23</v>
+        <v>345</v>
       </c>
       <c r="H276" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C277">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D277" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="E277" t="s">
-        <v>101</v>
+        <v>267</v>
       </c>
       <c r="F277" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="G277" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
       <c r="H277" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>443</v>
       </c>
       <c r="C278">
         <v>14</v>
       </c>
       <c r="D278" t="s">
-        <v>195</v>
+        <v>61</v>
       </c>
       <c r="E278" t="s">
-        <v>281</v>
+        <v>101</v>
       </c>
       <c r="F278" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="G278" t="s">
-        <v>45</v>
+        <v>444</v>
       </c>
       <c r="H278" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C279">
         <v>14</v>
       </c>
       <c r="D279" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="E279" t="s">
-        <v>445</v>
+        <v>281</v>
       </c>
       <c r="F279" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G279" t="s">
         <v>45</v>
       </c>
       <c r="H279" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>446</v>
       </c>
       <c r="C280">
         <v>14</v>
       </c>
       <c r="D280" t="s">
-        <v>56</v>
+        <v>163</v>
       </c>
       <c r="E280" t="s">
-        <v>312</v>
+        <v>447</v>
       </c>
       <c r="F280" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G280" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="H280" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C281">
         <v>14</v>
       </c>
       <c r="D281" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="E281" t="s">
-        <v>148</v>
+        <v>312</v>
       </c>
       <c r="F281" t="s">
         <v>22</v>
       </c>
       <c r="G281" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H281" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C282">
         <v>14</v>
       </c>
       <c r="D282" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E282" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="F282" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G282" t="s">
-        <v>449</v>
+        <v>23</v>
       </c>
       <c r="H282" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
         <v>450</v>
       </c>
       <c r="C283">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D283" t="s">
-        <v>163</v>
+        <v>43</v>
       </c>
       <c r="E283" t="s">
-        <v>164</v>
+        <v>44</v>
       </c>
       <c r="F283" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G283" t="s">
-        <v>255</v>
+        <v>451</v>
       </c>
       <c r="H283" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C284">
         <v>13</v>
       </c>
       <c r="D284" t="s">
-        <v>61</v>
+        <v>163</v>
       </c>
       <c r="E284" t="s">
-        <v>190</v>
+        <v>164</v>
       </c>
       <c r="F284" t="s">
-        <v>452</v>
+        <v>22</v>
       </c>
       <c r="G284" t="s">
-        <v>84</v>
+        <v>255</v>
       </c>
       <c r="H284" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
         <v>453</v>
       </c>
       <c r="C285">
         <v>13</v>
       </c>
       <c r="D285" t="s">
-        <v>195</v>
+        <v>61</v>
       </c>
       <c r="E285" t="s">
-        <v>267</v>
+        <v>190</v>
       </c>
       <c r="F285" t="s">
-        <v>172</v>
+        <v>454</v>
       </c>
       <c r="G285" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="H285" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C286">
         <v>13</v>
       </c>
       <c r="D286" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="E286" t="s">
-        <v>445</v>
+        <v>267</v>
       </c>
       <c r="F286" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G286" t="s">
         <v>45</v>
       </c>
       <c r="H286" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C287">
         <v>13</v>
       </c>
       <c r="D287" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="E287" t="s">
-        <v>315</v>
+        <v>447</v>
       </c>
       <c r="F287" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G287" t="s">
         <v>45</v>
       </c>
       <c r="H287" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C288">
         <v>13</v>
       </c>
       <c r="D288" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E288" t="s">
-        <v>208</v>
+        <v>315</v>
       </c>
       <c r="F288" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G288" t="s">
         <v>45</v>
       </c>
       <c r="H288" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C289">
         <v>13</v>
       </c>
       <c r="D289" t="s">
-        <v>163</v>
+        <v>43</v>
       </c>
       <c r="E289" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="F289" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G289" t="s">
-        <v>458</v>
+        <v>45</v>
       </c>
       <c r="H289" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
         <v>459</v>
       </c>
       <c r="C290">
         <v>13</v>
       </c>
       <c r="D290" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="E290" t="s">
-        <v>309</v>
+        <v>214</v>
       </c>
       <c r="F290" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G290" t="s">
-        <v>45</v>
+        <v>460</v>
       </c>
       <c r="H290" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C291">
         <v>13</v>
       </c>
       <c r="D291" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="E291" t="s">
-        <v>461</v>
+        <v>309</v>
       </c>
       <c r="F291" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G291" t="s">
-        <v>462</v>
+        <v>45</v>
       </c>
       <c r="H291" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
+        <v>462</v>
+      </c>
+      <c r="C292">
+        <v>13</v>
+      </c>
+      <c r="D292" t="s">
+        <v>122</v>
+      </c>
+      <c r="E292" t="s">
         <v>463</v>
       </c>
-      <c r="C292">
-[...7 lines deleted...]
-      </c>
       <c r="F292" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G292" t="s">
-        <v>45</v>
+        <v>464</v>
       </c>
       <c r="H292" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C293">
         <v>12</v>
       </c>
       <c r="D293" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="E293" t="s">
-        <v>281</v>
+        <v>176</v>
       </c>
       <c r="F293" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G293" t="s">
         <v>45</v>
       </c>
       <c r="H293" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C294">
         <v>12</v>
       </c>
       <c r="D294" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="E294" t="s">
-        <v>10</v>
+        <v>281</v>
       </c>
       <c r="F294" t="s">
-        <v>338</v>
+        <v>172</v>
       </c>
       <c r="G294" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="H294" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C295">
         <v>12</v>
       </c>
       <c r="D295" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="E295" t="s">
-        <v>293</v>
+        <v>10</v>
       </c>
       <c r="F295" t="s">
-        <v>172</v>
+        <v>340</v>
       </c>
       <c r="G295" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="H295" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C296">
         <v>12</v>
       </c>
       <c r="D296" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E296" t="s">
-        <v>116</v>
+        <v>293</v>
       </c>
       <c r="F296" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G296" t="s">
-        <v>468</v>
+        <v>45</v>
       </c>
       <c r="H296" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>469</v>
       </c>
       <c r="C297">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D297" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="E297" t="s">
-        <v>398</v>
+        <v>116</v>
       </c>
       <c r="F297" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G297" t="s">
-        <v>45</v>
+        <v>470</v>
       </c>
       <c r="H297" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C298">
         <v>11</v>
       </c>
       <c r="D298" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="E298" t="s">
-        <v>267</v>
+        <v>400</v>
       </c>
       <c r="F298" t="s">
-        <v>471</v>
+        <v>91</v>
       </c>
       <c r="G298" t="s">
         <v>45</v>
       </c>
       <c r="H298" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
         <v>472</v>
       </c>
       <c r="C299">
         <v>11</v>
       </c>
       <c r="D299" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="E299" t="s">
-        <v>145</v>
+        <v>267</v>
       </c>
       <c r="F299" t="s">
-        <v>22</v>
+        <v>473</v>
       </c>
       <c r="G299" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="H299" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C300">
         <v>11</v>
       </c>
       <c r="D300" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E300" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="F300" t="s">
         <v>22</v>
       </c>
       <c r="G300" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="H300" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C301">
         <v>11</v>
       </c>
       <c r="D301" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="E301" t="s">
-        <v>445</v>
+        <v>80</v>
       </c>
       <c r="F301" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G301" t="s">
-        <v>475</v>
+        <v>124</v>
       </c>
       <c r="H301" t="s">
-        <v>476</v>
+        <v>24</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="C302">
         <v>11</v>
       </c>
       <c r="D302" t="s">
-        <v>56</v>
+        <v>163</v>
       </c>
       <c r="E302" t="s">
-        <v>312</v>
+        <v>447</v>
       </c>
       <c r="F302" t="s">
         <v>91</v>
       </c>
       <c r="G302" t="s">
-        <v>45</v>
+        <v>477</v>
       </c>
       <c r="H302" t="s">
-        <v>37</v>
+        <v>478</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C303">
         <v>11</v>
       </c>
       <c r="D303" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E303" t="s">
-        <v>161</v>
+        <v>312</v>
       </c>
       <c r="F303" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G303" t="s">
         <v>45</v>
       </c>
       <c r="H303" t="s">
-        <v>479</v>
+        <v>37</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>480</v>
       </c>
       <c r="C304">
         <v>11</v>
       </c>
       <c r="D304" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="E304" t="s">
-        <v>324</v>
+        <v>161</v>
       </c>
       <c r="F304" t="s">
-        <v>268</v>
+        <v>63</v>
       </c>
       <c r="G304" t="s">
         <v>45</v>
       </c>
       <c r="H304" t="s">
-        <v>37</v>
+        <v>481</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C305">
         <v>11</v>
       </c>
       <c r="D305" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="E305" t="s">
-        <v>176</v>
+        <v>326</v>
       </c>
       <c r="F305" t="s">
-        <v>22</v>
+        <v>268</v>
       </c>
       <c r="G305" t="s">
-        <v>482</v>
+        <v>45</v>
       </c>
       <c r="H305" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
         <v>483</v>
       </c>
       <c r="C306">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D306" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="E306" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="F306" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G306" t="s">
         <v>484</v>
       </c>
       <c r="H306" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>485</v>
       </c>
       <c r="C307">
         <v>10</v>
       </c>
       <c r="D307" t="s">
-        <v>195</v>
+        <v>109</v>
       </c>
       <c r="E307" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="F307" t="s">
+        <v>63</v>
+      </c>
+      <c r="G307" t="s">
         <v>486</v>
       </c>
-      <c r="G307" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H307" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
         <v>487</v>
       </c>
       <c r="C308">
         <v>10</v>
       </c>
       <c r="D308" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E308" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="F308" t="s">
-        <v>49</v>
+        <v>488</v>
       </c>
       <c r="G308" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H308" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C309">
         <v>10</v>
       </c>
       <c r="D309" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="E309" t="s">
-        <v>196</v>
+        <v>161</v>
       </c>
       <c r="F309" t="s">
-        <v>172</v>
+        <v>49</v>
       </c>
       <c r="G309" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H309" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C310">
         <v>10</v>
       </c>
       <c r="D310" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E310" t="s">
-        <v>490</v>
+        <v>196</v>
       </c>
       <c r="F310" t="s">
-        <v>491</v>
+        <v>172</v>
       </c>
       <c r="G310" t="s">
         <v>45</v>
       </c>
       <c r="H310" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="C311">
         <v>10</v>
       </c>
       <c r="D311" t="s">
         <v>70</v>
       </c>
       <c r="E311" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F311" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G311" t="s">
         <v>45</v>
       </c>
       <c r="H311" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C312">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D312" t="s">
         <v>70</v>
       </c>
       <c r="E312" t="s">
-        <v>80</v>
+        <v>492</v>
       </c>
       <c r="F312" t="s">
-        <v>91</v>
+        <v>493</v>
       </c>
       <c r="G312" t="s">
         <v>45</v>
       </c>
       <c r="H312" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C313">
         <v>9</v>
       </c>
       <c r="D313" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E313" t="s">
-        <v>309</v>
+        <v>80</v>
       </c>
       <c r="F313" t="s">
-        <v>495</v>
+        <v>91</v>
       </c>
       <c r="G313" t="s">
         <v>45</v>
       </c>
       <c r="H313" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
         <v>496</v>
       </c>
       <c r="C314">
         <v>9</v>
       </c>
       <c r="D314" t="s">
         <v>195</v>
       </c>
       <c r="E314" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="F314" t="s">
-        <v>172</v>
+        <v>497</v>
       </c>
       <c r="G314" t="s">
         <v>45</v>
       </c>
       <c r="H314" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C315">
         <v>9</v>
       </c>
       <c r="D315" t="s">
-        <v>94</v>
+        <v>195</v>
       </c>
       <c r="E315" t="s">
-        <v>95</v>
+        <v>281</v>
       </c>
       <c r="F315" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="G315" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="H315" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C316">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D316" t="s">
-        <v>195</v>
+        <v>94</v>
       </c>
       <c r="E316" t="s">
-        <v>281</v>
+        <v>95</v>
       </c>
       <c r="F316" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="G316" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="H316" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C317">
         <v>8</v>
       </c>
       <c r="D317" t="s">
-        <v>56</v>
+        <v>195</v>
       </c>
       <c r="E317" t="s">
-        <v>112</v>
+        <v>281</v>
       </c>
       <c r="F317" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="G317" t="s">
         <v>45</v>
       </c>
       <c r="H317" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C318">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D318" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="E318" t="s">
-        <v>235</v>
+        <v>112</v>
       </c>
       <c r="F318" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="G318" t="s">
-        <v>501</v>
+        <v>45</v>
       </c>
       <c r="H318" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
         <v>502</v>
       </c>
       <c r="C319">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D319" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="E319" t="s">
-        <v>312</v>
+        <v>235</v>
       </c>
       <c r="F319" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G319" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="H319" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C320">
         <v>6</v>
       </c>
       <c r="D320" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="E320" t="s">
-        <v>161</v>
+        <v>312</v>
       </c>
       <c r="F320" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G320" t="s">
-        <v>504</v>
+        <v>45</v>
       </c>
       <c r="H320" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>505</v>
       </c>
       <c r="C321">
         <v>6</v>
       </c>
       <c r="D321" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="E321" t="s">
-        <v>103</v>
+        <v>161</v>
       </c>
       <c r="F321" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G321" t="s">
-        <v>66</v>
+        <v>506</v>
       </c>
       <c r="H321" t="s">
-        <v>366</v>
+        <v>37</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C322">
         <v>6</v>
       </c>
       <c r="D322" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E322" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F322" t="s">
         <v>91</v>
       </c>
       <c r="G322" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="H322" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C323">
         <v>6</v>
       </c>
       <c r="D323" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E323" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
       <c r="F323" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G323" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H323" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C324">
         <v>6</v>
       </c>
       <c r="D324" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E324" t="s">
-        <v>235</v>
+        <v>190</v>
       </c>
       <c r="F324" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G324" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H324" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C325">
         <v>6</v>
       </c>
       <c r="D325" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E325" t="s">
-        <v>490</v>
+        <v>235</v>
       </c>
       <c r="F325" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G325" t="s">
         <v>45</v>
       </c>
       <c r="H325" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C326">
         <v>6</v>
       </c>
       <c r="D326" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="E326" t="s">
-        <v>48</v>
+        <v>492</v>
       </c>
       <c r="F326" t="s">
-        <v>63</v>
+        <v>493</v>
       </c>
       <c r="G326" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H326" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C327">
         <v>6</v>
       </c>
       <c r="D327" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E327" t="s">
-        <v>174</v>
+        <v>48</v>
       </c>
       <c r="F327" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="G327" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="H327" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C328">
         <v>6</v>
       </c>
       <c r="D328" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="E328" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="F328" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G328" t="s">
         <v>45</v>
       </c>
       <c r="H328" t="s">
-        <v>513</v>
+        <v>37</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
         <v>514</v>
       </c>
       <c r="C329">
         <v>6</v>
       </c>
       <c r="D329" t="s">
-        <v>195</v>
+        <v>51</v>
       </c>
       <c r="E329" t="s">
-        <v>277</v>
+        <v>186</v>
       </c>
       <c r="F329" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G329" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="H329" t="s">
-        <v>37</v>
+        <v>515</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C330">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D330" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E330" t="s">
-        <v>208</v>
+        <v>277</v>
       </c>
       <c r="F330" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G330" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="H330" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C331">
         <v>5</v>
       </c>
       <c r="D331" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E331" t="s">
-        <v>145</v>
+        <v>208</v>
       </c>
       <c r="F331" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G331" t="s">
         <v>45</v>
       </c>
       <c r="H331" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C332">
         <v>5</v>
       </c>
       <c r="D332" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E332" t="s">
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="F332" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G332" t="s">
-        <v>247</v>
+        <v>45</v>
       </c>
       <c r="H332" t="s">
-        <v>204</v>
+        <v>37</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C333">
         <v>5</v>
       </c>
       <c r="D333" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E333" t="s">
-        <v>519</v>
+        <v>44</v>
       </c>
       <c r="F333" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G333" t="s">
-        <v>23</v>
+        <v>247</v>
       </c>
       <c r="H333" t="s">
-        <v>13</v>
+        <v>204</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
         <v>520</v>
       </c>
       <c r="C334">
         <v>5</v>
       </c>
       <c r="D334" t="s">
         <v>39</v>
       </c>
       <c r="E334" t="s">
-        <v>235</v>
+        <v>521</v>
       </c>
       <c r="F334" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="G334" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H334" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C335">
         <v>5</v>
       </c>
       <c r="D335" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E335" t="s">
-        <v>80</v>
+        <v>235</v>
       </c>
       <c r="F335" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G335" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H335" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C336">
         <v>5</v>
       </c>
       <c r="D336" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E336" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F336" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G336" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H336" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C337">
         <v>5</v>
       </c>
       <c r="D337" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="E337" t="s">
-        <v>398</v>
+        <v>40</v>
       </c>
       <c r="F337" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G337" t="s">
         <v>45</v>
       </c>
       <c r="H337" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C338">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D338" t="s">
-        <v>195</v>
+        <v>76</v>
       </c>
       <c r="E338" t="s">
-        <v>281</v>
+        <v>400</v>
       </c>
       <c r="F338" t="s">
-        <v>525</v>
+        <v>91</v>
       </c>
       <c r="G338" t="s">
         <v>45</v>
       </c>
       <c r="H338" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
         <v>526</v>
       </c>
       <c r="C339">
         <v>4</v>
       </c>
       <c r="D339" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E339" t="s">
-        <v>148</v>
+        <v>281</v>
       </c>
       <c r="F339" t="s">
-        <v>91</v>
+        <v>527</v>
       </c>
       <c r="G339" t="s">
         <v>45</v>
       </c>
       <c r="H339" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C340">
         <v>4</v>
       </c>
       <c r="D340" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E340" t="s">
-        <v>267</v>
+        <v>148</v>
       </c>
       <c r="F340" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G340" t="s">
         <v>45</v>
       </c>
       <c r="H340" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C341">
         <v>4</v>
       </c>
       <c r="D341" t="s">
         <v>195</v>
       </c>
       <c r="E341" t="s">
-        <v>196</v>
+        <v>267</v>
       </c>
       <c r="F341" t="s">
-        <v>529</v>
+        <v>172</v>
       </c>
       <c r="G341" t="s">
         <v>45</v>
       </c>
       <c r="H341" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>530</v>
       </c>
       <c r="C342">
         <v>4</v>
       </c>
       <c r="D342" t="s">
-        <v>20</v>
+        <v>195</v>
       </c>
       <c r="E342" t="s">
-        <v>21</v>
+        <v>196</v>
       </c>
       <c r="F342" t="s">
-        <v>22</v>
+        <v>531</v>
       </c>
       <c r="G342" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="H342" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C343">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D343" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="E343" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="F343" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="G343" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="H343" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C344">
         <v>2</v>
       </c>
       <c r="D344" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="E344" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="F344" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="G344" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="H344" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C345">
         <v>2</v>
       </c>
       <c r="D345" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E345" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="F345" t="s">
-        <v>534</v>
+        <v>91</v>
       </c>
       <c r="G345" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H345" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
         <v>535</v>
       </c>
       <c r="C346">
         <v>2</v>
       </c>
       <c r="D346" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E346" t="s">
-        <v>190</v>
+        <v>71</v>
       </c>
       <c r="F346" t="s">
-        <v>22</v>
+        <v>536</v>
       </c>
       <c r="G346" t="s">
         <v>23</v>
       </c>
       <c r="H346" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C347">
         <v>2</v>
       </c>
       <c r="D347" t="s">
-        <v>195</v>
+        <v>61</v>
       </c>
       <c r="E347" t="s">
-        <v>277</v>
+        <v>190</v>
       </c>
       <c r="F347" t="s">
-        <v>268</v>
+        <v>22</v>
       </c>
       <c r="G347" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H347" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C348">
         <v>2</v>
       </c>
       <c r="D348" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E348" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
       <c r="F348" t="s">
-        <v>91</v>
+        <v>268</v>
       </c>
       <c r="G348" t="s">
         <v>45</v>
       </c>
       <c r="H348" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C349">
         <v>2</v>
       </c>
       <c r="D349" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="E349" t="s">
-        <v>490</v>
+        <v>44</v>
       </c>
       <c r="F349" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G349" t="s">
         <v>45</v>
       </c>
       <c r="H349" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C350">
         <v>2</v>
       </c>
       <c r="D350" t="s">
         <v>70</v>
       </c>
       <c r="E350" t="s">
-        <v>116</v>
+        <v>492</v>
       </c>
       <c r="F350" t="s">
-        <v>91</v>
+        <v>493</v>
       </c>
       <c r="G350" t="s">
         <v>45</v>
       </c>
       <c r="H350" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C351">
         <v>2</v>
       </c>
       <c r="D351" t="s">
         <v>70</v>
       </c>
       <c r="E351" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="F351" t="s">
         <v>91</v>
       </c>
       <c r="G351" t="s">
         <v>45</v>
       </c>
       <c r="H351" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C352">
         <v>2</v>
       </c>
       <c r="D352" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E352" t="s">
-        <v>281</v>
+        <v>80</v>
       </c>
       <c r="F352" t="s">
-        <v>525</v>
+        <v>91</v>
       </c>
       <c r="G352" t="s">
         <v>45</v>
       </c>
       <c r="H352" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C353">
         <v>2</v>
       </c>
       <c r="D353" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E353" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="F353" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="G353" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H353" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C354">
         <v>2</v>
       </c>
       <c r="D354" t="s">
         <v>70</v>
       </c>
       <c r="E354" t="s">
-        <v>490</v>
+        <v>80</v>
       </c>
       <c r="F354" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="G354" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H354" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C355">
         <v>2</v>
       </c>
       <c r="D355" t="s">
         <v>70</v>
       </c>
       <c r="E355" t="s">
-        <v>80</v>
+        <v>492</v>
       </c>
       <c r="F355" t="s">
-        <v>22</v>
+        <v>493</v>
       </c>
       <c r="G355" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H355" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C356">
         <v>2</v>
       </c>
       <c r="D356" t="s">
         <v>70</v>
       </c>
       <c r="E356" t="s">
-        <v>490</v>
+        <v>80</v>
       </c>
       <c r="F356" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="G356" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="H356" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C357">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D357" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E357" t="s">
-        <v>281</v>
+        <v>492</v>
       </c>
       <c r="F357" t="s">
-        <v>172</v>
+        <v>493</v>
       </c>
       <c r="G357" t="s">
         <v>45</v>
       </c>
       <c r="H357" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C358">
         <v>0</v>
       </c>
       <c r="D358" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E358" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F358" t="s">
-        <v>22</v>
+        <v>493</v>
       </c>
       <c r="G358" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="H358" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C359">
         <v>0</v>
       </c>
       <c r="D359" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E359" t="s">
-        <v>490</v>
+        <v>281</v>
       </c>
       <c r="F359" t="s">
-        <v>491</v>
+        <v>172</v>
       </c>
       <c r="G359" t="s">
         <v>45</v>
       </c>
       <c r="H359" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C360">
         <v>0</v>
       </c>
       <c r="D360" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E360" t="s">
-        <v>550</v>
+        <v>40</v>
       </c>
       <c r="F360" t="s">
-        <v>338</v>
+        <v>22</v>
       </c>
       <c r="G360" t="s">
-        <v>45</v>
+        <v>345</v>
       </c>
       <c r="H360" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>551</v>
       </c>
       <c r="C361">
         <v>0</v>
       </c>
       <c r="D361" t="s">
         <v>70</v>
       </c>
       <c r="E361" t="s">
-        <v>550</v>
+        <v>492</v>
       </c>
       <c r="F361" t="s">
-        <v>298</v>
+        <v>493</v>
       </c>
       <c r="G361" t="s">
         <v>45</v>
       </c>
       <c r="H361" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>552</v>
       </c>
       <c r="C362">
         <v>0</v>
       </c>
       <c r="D362" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E362" t="s">
-        <v>190</v>
+        <v>553</v>
       </c>
       <c r="F362" t="s">
-        <v>99</v>
+        <v>340</v>
       </c>
       <c r="G362" t="s">
-        <v>343</v>
+        <v>45</v>
       </c>
       <c r="H362" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C363">
         <v>0</v>
       </c>
       <c r="D363" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="E363" t="s">
-        <v>406</v>
+        <v>553</v>
       </c>
       <c r="F363" t="s">
-        <v>49</v>
+        <v>298</v>
       </c>
       <c r="G363" t="s">
-        <v>554</v>
+        <v>45</v>
       </c>
       <c r="H363" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
         <v>555</v>
       </c>
       <c r="C364">
         <v>0</v>
       </c>
       <c r="D364" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="E364" t="s">
-        <v>556</v>
+        <v>190</v>
       </c>
       <c r="F364" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="G364" t="s">
-        <v>45</v>
+        <v>345</v>
       </c>
       <c r="H364" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="C365">
         <v>0</v>
       </c>
       <c r="D365" t="s">
-        <v>70</v>
+        <v>163</v>
       </c>
       <c r="E365" t="s">
-        <v>490</v>
+        <v>408</v>
       </c>
       <c r="F365" t="s">
-        <v>491</v>
+        <v>49</v>
       </c>
       <c r="G365" t="s">
-        <v>45</v>
+        <v>557</v>
       </c>
       <c r="H365" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
         <v>558</v>
       </c>
       <c r="C366">
         <v>0</v>
       </c>
       <c r="D366" t="s">
-        <v>20</v>
+        <v>129</v>
       </c>
       <c r="E366" t="s">
-        <v>21</v>
+        <v>559</v>
       </c>
       <c r="F366" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G366" t="s">
         <v>45</v>
       </c>
       <c r="H366" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C367">
         <v>0</v>
       </c>
       <c r="D367" t="s">
         <v>70</v>
       </c>
       <c r="E367" t="s">
-        <v>71</v>
+        <v>492</v>
       </c>
       <c r="F367" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="G367" t="s">
         <v>45</v>
       </c>
       <c r="H367" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C368">
         <v>0</v>
       </c>
       <c r="D368" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E368" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="F368" t="s">
-        <v>91</v>
+        <v>172</v>
       </c>
       <c r="G368" t="s">
-        <v>561</v>
+        <v>45</v>
       </c>
       <c r="H368" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
         <v>562</v>
       </c>
       <c r="C369">
         <v>0</v>
       </c>
       <c r="D369" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E369" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="F369" t="s">
-        <v>99</v>
+        <v>493</v>
       </c>
       <c r="G369" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H369" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>563</v>
       </c>
       <c r="C370">
         <v>0</v>
       </c>
       <c r="D370" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="E370" t="s">
-        <v>293</v>
+        <v>48</v>
       </c>
       <c r="F370" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="G370" t="s">
-        <v>45</v>
+        <v>564</v>
       </c>
       <c r="H370" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C371">
         <v>0</v>
       </c>
       <c r="D371" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="E371" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="F371" t="s">
-        <v>565</v>
+        <v>99</v>
       </c>
       <c r="G371" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H371" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>566</v>
       </c>
       <c r="C372">
         <v>0</v>
       </c>
       <c r="D372" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E372" t="s">
-        <v>567</v>
+        <v>293</v>
       </c>
       <c r="F372" t="s">
-        <v>338</v>
+        <v>172</v>
       </c>
       <c r="G372" t="s">
         <v>45</v>
       </c>
       <c r="H372" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C373">
         <v>0</v>
       </c>
       <c r="D373" t="s">
-        <v>122</v>
+        <v>9</v>
       </c>
       <c r="E373" t="s">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="F373" t="s">
-        <v>22</v>
+        <v>568</v>
       </c>
       <c r="G373" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H373" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>569</v>
       </c>
       <c r="C374">
         <v>0</v>
       </c>
       <c r="D374" t="s">
         <v>70</v>
       </c>
       <c r="E374" t="s">
-        <v>490</v>
+        <v>570</v>
       </c>
       <c r="F374" t="s">
-        <v>491</v>
+        <v>340</v>
       </c>
       <c r="G374" t="s">
         <v>45</v>
       </c>
       <c r="H374" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C375">
         <v>0</v>
       </c>
       <c r="D375" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="E375" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="F375" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G375" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="H375" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C376">
         <v>0</v>
       </c>
       <c r="D376" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E376" t="s">
-        <v>145</v>
+        <v>492</v>
       </c>
       <c r="F376" t="s">
-        <v>91</v>
+        <v>493</v>
       </c>
       <c r="G376" t="s">
         <v>45</v>
       </c>
       <c r="H376" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C377">
         <v>0</v>
       </c>
       <c r="D377" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E377" t="s">
-        <v>550</v>
+        <v>30</v>
       </c>
       <c r="F377" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G377" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="H377" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C378">
         <v>0</v>
       </c>
       <c r="D378" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="E378" t="s">
-        <v>214</v>
+        <v>145</v>
       </c>
       <c r="F378" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G378" t="s">
-        <v>199</v>
+        <v>45</v>
       </c>
       <c r="H378" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C379">
         <v>0</v>
       </c>
       <c r="D379" t="s">
-        <v>195</v>
+        <v>70</v>
       </c>
       <c r="E379" t="s">
-        <v>267</v>
+        <v>553</v>
       </c>
       <c r="F379" t="s">
-        <v>172</v>
+        <v>493</v>
       </c>
       <c r="G379" t="s">
         <v>45</v>
       </c>
       <c r="H379" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C380">
         <v>0</v>
       </c>
       <c r="D380" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="E380" t="s">
-        <v>267</v>
+        <v>214</v>
       </c>
       <c r="F380" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G380" t="s">
-        <v>23</v>
+        <v>199</v>
       </c>
       <c r="H380" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C381">
         <v>0</v>
       </c>
       <c r="D381" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="E381" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="F381" t="s">
-        <v>577</v>
+        <v>172</v>
       </c>
       <c r="G381" t="s">
         <v>45</v>
       </c>
       <c r="H381" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>578</v>
       </c>
       <c r="C382">
         <v>0</v>
       </c>
       <c r="D382" t="s">
-        <v>51</v>
+        <v>195</v>
       </c>
       <c r="E382" t="s">
-        <v>127</v>
+        <v>267</v>
       </c>
       <c r="F382" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="G382" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="H382" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>579</v>
       </c>
       <c r="C383">
         <v>0</v>
       </c>
       <c r="D383" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="E383" t="s">
-        <v>277</v>
+        <v>35</v>
       </c>
       <c r="F383" t="s">
         <v>580</v>
       </c>
       <c r="G383" t="s">
         <v>45</v>
       </c>
       <c r="H383" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>581</v>
       </c>
       <c r="C384">
         <v>0</v>
       </c>
       <c r="D384" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="E384" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="F384" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="G384" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H384" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>582</v>
       </c>
       <c r="C385">
         <v>0</v>
       </c>
       <c r="D385" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E385" t="s">
+        <v>277</v>
+      </c>
+      <c r="F385" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="G385" t="s">
         <v>45</v>
       </c>
       <c r="H385" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="C386">
         <v>0</v>
       </c>
       <c r="D386" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="E386" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="F386" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="G386" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H386" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="C387">
         <v>0</v>
       </c>
       <c r="D387" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E387" t="s">
-        <v>145</v>
+        <v>586</v>
       </c>
       <c r="F387" t="s">
-        <v>91</v>
+        <v>587</v>
       </c>
       <c r="G387" t="s">
         <v>45</v>
       </c>
       <c r="H387" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C388">
         <v>0</v>
       </c>
       <c r="D388" t="s">
-        <v>109</v>
+        <v>43</v>
       </c>
       <c r="E388" t="s">
-        <v>183</v>
+        <v>68</v>
       </c>
       <c r="F388" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="G388" t="s">
         <v>45</v>
       </c>
       <c r="H388" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C389">
         <v>0</v>
       </c>
       <c r="D389" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E389" t="s">
-        <v>490</v>
+        <v>145</v>
       </c>
       <c r="F389" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G389" t="s">
         <v>45</v>
       </c>
       <c r="H389" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C390">
         <v>0</v>
       </c>
       <c r="D390" t="s">
-        <v>56</v>
+        <v>109</v>
       </c>
       <c r="E390" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="F390" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="G390" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="H390" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C391">
         <v>0</v>
       </c>
       <c r="D391" t="s">
         <v>70</v>
       </c>
       <c r="E391" t="s">
-        <v>116</v>
+        <v>492</v>
       </c>
       <c r="F391" t="s">
-        <v>91</v>
+        <v>493</v>
       </c>
       <c r="G391" t="s">
         <v>45</v>
       </c>
       <c r="H391" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C392">
         <v>0</v>
       </c>
       <c r="D392" t="s">
-        <v>109</v>
+        <v>56</v>
       </c>
       <c r="E392" t="s">
-        <v>110</v>
+        <v>57</v>
       </c>
       <c r="F392" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G392" t="s">
-        <v>81</v>
+        <v>229</v>
       </c>
       <c r="H392" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C393">
         <v>0</v>
       </c>
       <c r="D393" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="E393" t="s">
-        <v>593</v>
+        <v>116</v>
       </c>
       <c r="F393" t="s">
-        <v>577</v>
+        <v>91</v>
       </c>
       <c r="G393" t="s">
         <v>45</v>
       </c>
       <c r="H393" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
         <v>594</v>
       </c>
       <c r="C394">
         <v>0</v>
       </c>
       <c r="D394" t="s">
+        <v>109</v>
+      </c>
+      <c r="E394" t="s">
+        <v>110</v>
+      </c>
+      <c r="F394" t="s">
+        <v>63</v>
+      </c>
+      <c r="G394" t="s">
+        <v>81</v>
+      </c>
+      <c r="H394" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395">
+        <v>394</v>
+      </c>
+      <c r="B395" t="s">
+        <v>595</v>
+      </c>
+      <c r="C395">
+        <v>0</v>
+      </c>
+      <c r="D395" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" t="s">
+        <v>596</v>
+      </c>
+      <c r="F395" t="s">
+        <v>580</v>
+      </c>
+      <c r="G395" t="s">
+        <v>45</v>
+      </c>
+      <c r="H395" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396">
+        <v>395</v>
+      </c>
+      <c r="B396" t="s">
+        <v>597</v>
+      </c>
+      <c r="C396">
+        <v>0</v>
+      </c>
+      <c r="D396" t="s">
         <v>70</v>
       </c>
-      <c r="E394" t="s">
-[...8 lines deleted...]
-      <c r="H394" t="s">
+      <c r="E396" t="s">
+        <v>598</v>
+      </c>
+      <c r="F396" t="s">
+        <v>599</v>
+      </c>
+      <c r="G396" t="s">
+        <v>45</v>
+      </c>
+      <c r="H396" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>